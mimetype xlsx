--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -1,597 +1,553 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
-  <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29227"/>
-  <workbookPr defaultThemeVersion="166925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29421"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\apps.uinet.com\vol1\USER\WRK_GRP\Distributed Generation\Metrics\UI DER Public Queue\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://iberdrolaus-my.sharepoint.com/personal/robert_sazanowicz_uinet_com/Documents/My Workspace/DER/Public Queue/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4629B126-5982-41E0-B7F5-AEACAE296430}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{14A69D97-4551-44A7-905B-D499449A16EB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-15960" yWindow="-24000" windowWidth="19410" windowHeight="23385" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{C3867AD1-6902-4F64-9284-A2CFD1A1DD7C}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet1" sheetId="2" r:id="rId1"/>
+    <sheet name="Public Version" sheetId="1" r:id="rId1"/>
   </sheets>
-  <definedNames>
-[...1 lines deleted...]
-  </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="563" uniqueCount="200">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="558" uniqueCount="198">
   <si>
     <t>Project Number</t>
   </si>
   <si>
-    <t>kW System</t>
-[...2 lines deleted...]
-    <t>Circuit Name</t>
+    <t>Circuit</t>
   </si>
   <si>
     <t>Substation</t>
   </si>
   <si>
     <t>Town</t>
   </si>
   <si>
     <t>Technology</t>
   </si>
   <si>
     <t>Queue Date</t>
   </si>
   <si>
+    <t>Total System Size (AC kW)</t>
+  </si>
+  <si>
+    <t>Export Capacity (AC kW)</t>
+  </si>
+  <si>
+    <t>Latitude</t>
+  </si>
+  <si>
+    <t>Longitude</t>
+  </si>
+  <si>
+    <t>Installer Company</t>
+  </si>
+  <si>
+    <t>Parent Company</t>
+  </si>
+  <si>
     <t>DER-12074</t>
   </si>
   <si>
-    <t>NPEQ</t>
+    <t>PEQ</t>
   </si>
   <si>
     <t>Bridgeport</t>
   </si>
   <si>
     <t>Fuel Cell</t>
   </si>
   <si>
     <t>DER-14637</t>
   </si>
   <si>
     <t>ANS</t>
   </si>
   <si>
     <t>Ansonia</t>
   </si>
   <si>
     <t>Photovoltaic</t>
   </si>
   <si>
-    <t>DER-21446</t>
-[...2 lines deleted...]
-    <t>QUIN</t>
+    <t>DER-31155</t>
+  </si>
+  <si>
+    <t>WATER</t>
+  </si>
+  <si>
+    <t>New Haven</t>
+  </si>
+  <si>
+    <t>DER-31190</t>
+  </si>
+  <si>
+    <t>BAIR</t>
+  </si>
+  <si>
+    <t>Stratford</t>
+  </si>
+  <si>
+    <t>DER-31279</t>
+  </si>
+  <si>
+    <t>MIX</t>
+  </si>
+  <si>
+    <t>Hamden</t>
+  </si>
+  <si>
+    <t>DER-31281</t>
+  </si>
+  <si>
+    <t>DER-31282</t>
+  </si>
+  <si>
+    <t>DER-31284</t>
+  </si>
+  <si>
+    <t>DER-31711</t>
+  </si>
+  <si>
+    <t>NORTH</t>
+  </si>
+  <si>
+    <t>DER-31714</t>
+  </si>
+  <si>
+    <t>QUINN</t>
   </si>
   <si>
     <t>North Branford</t>
   </si>
   <si>
-    <t>DER-31151</t>
+    <t>DER-31842</t>
+  </si>
+  <si>
+    <t>DER-32009</t>
+  </si>
+  <si>
+    <t>BROAD</t>
+  </si>
+  <si>
+    <t>DER-40174</t>
+  </si>
+  <si>
+    <t>DER-40281</t>
+  </si>
+  <si>
+    <t>East Haven</t>
+  </si>
+  <si>
+    <t>DER-40282</t>
+  </si>
+  <si>
+    <t>WOOD</t>
+  </si>
+  <si>
+    <t>Orange</t>
+  </si>
+  <si>
+    <t>DER-40283</t>
+  </si>
+  <si>
+    <t>TRUM</t>
+  </si>
+  <si>
+    <t>Shelton</t>
+  </si>
+  <si>
+    <t>DER-42547</t>
+  </si>
+  <si>
+    <t>OLDT</t>
+  </si>
+  <si>
+    <t>DER-42775</t>
+  </si>
+  <si>
+    <t>North Haven</t>
+  </si>
+  <si>
+    <t>DER-43021</t>
+  </si>
+  <si>
+    <t>MILL</t>
+  </si>
+  <si>
+    <t>DER-43056</t>
+  </si>
+  <si>
+    <t>CONG</t>
+  </si>
+  <si>
+    <t>DER-43808</t>
+  </si>
+  <si>
+    <t>DER-43885</t>
+  </si>
+  <si>
+    <t>DER-44064</t>
+  </si>
+  <si>
+    <t>DER-44449</t>
+  </si>
+  <si>
+    <t>ASH</t>
+  </si>
+  <si>
+    <t>Fairfield</t>
+  </si>
+  <si>
+    <t>DER-44453</t>
+  </si>
+  <si>
+    <t>DER-44457</t>
+  </si>
+  <si>
+    <t>DER-44458</t>
+  </si>
+  <si>
+    <t>DER-44844</t>
+  </si>
+  <si>
+    <t>DER-44914</t>
+  </si>
+  <si>
+    <t>DER-44945</t>
+  </si>
+  <si>
+    <t>EAST</t>
+  </si>
+  <si>
+    <t>DER-44970</t>
+  </si>
+  <si>
+    <t>ALL</t>
+  </si>
+  <si>
+    <t>DER-45077</t>
+  </si>
+  <si>
+    <t>DER-45090</t>
+  </si>
+  <si>
+    <t>MILV</t>
+  </si>
+  <si>
+    <t>Milford</t>
+  </si>
+  <si>
+    <t>DER-45311</t>
+  </si>
+  <si>
+    <t>DER-45312</t>
+  </si>
+  <si>
+    <t>DER-45326</t>
+  </si>
+  <si>
+    <t>TRAP</t>
+  </si>
+  <si>
+    <t>DER-46053</t>
+  </si>
+  <si>
+    <t>DER-46742</t>
+  </si>
+  <si>
+    <t>DER-46815</t>
+  </si>
+  <si>
+    <t>ELM</t>
+  </si>
+  <si>
+    <t>West Haven</t>
+  </si>
+  <si>
+    <t>DER-46841</t>
+  </si>
+  <si>
+    <t>DER-46930</t>
+  </si>
+  <si>
+    <t>DER-46954</t>
+  </si>
+  <si>
+    <t>DER-47042</t>
+  </si>
+  <si>
+    <t>SACK</t>
+  </si>
+  <si>
+    <t>DER-47237</t>
+  </si>
+  <si>
+    <t>DER-47238</t>
+  </si>
+  <si>
+    <t>JUNE</t>
+  </si>
+  <si>
+    <t>DER-47249</t>
+  </si>
+  <si>
+    <t>BARN</t>
+  </si>
+  <si>
+    <t>DER-47264</t>
+  </si>
+  <si>
+    <t>Reciprocating Engine</t>
+  </si>
+  <si>
+    <t>DER-47340</t>
+  </si>
+  <si>
+    <t>DER-47341</t>
+  </si>
+  <si>
+    <t>DER-47357</t>
+  </si>
+  <si>
+    <t>Woodbridge</t>
+  </si>
+  <si>
+    <t>DER-47604</t>
+  </si>
+  <si>
+    <t>Battery</t>
+  </si>
+  <si>
+    <t>DER-47606</t>
+  </si>
+  <si>
+    <t>DER-47657</t>
+  </si>
+  <si>
+    <t>DER-47694</t>
+  </si>
+  <si>
+    <t>DER-47695</t>
+  </si>
+  <si>
+    <t>POOT</t>
+  </si>
+  <si>
+    <t>DER-47710</t>
+  </si>
+  <si>
+    <t>DER-47714</t>
+  </si>
+  <si>
+    <t>DER-47727</t>
+  </si>
+  <si>
+    <t>DER-47824</t>
+  </si>
+  <si>
+    <t>DER-47850</t>
+  </si>
+  <si>
+    <t>DER-47861</t>
+  </si>
+  <si>
+    <t>DER-47862</t>
+  </si>
+  <si>
+    <t>DER-47879</t>
+  </si>
+  <si>
+    <t>DER-47887</t>
+  </si>
+  <si>
+    <t>DER-47889</t>
+  </si>
+  <si>
+    <t>DER-47896</t>
+  </si>
+  <si>
+    <t>DER-47909</t>
+  </si>
+  <si>
+    <t>DER-48037</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>DER-48045</t>
+  </si>
+  <si>
+    <t>DER-48104</t>
+  </si>
+  <si>
+    <t>DER-48244</t>
+  </si>
+  <si>
+    <t>DER-48303</t>
   </si>
   <si>
     <t>HAWTH</t>
   </si>
   <si>
-    <t>FAIRFIELD</t>
-[...110 lines deleted...]
-    <t>DER-42775</t>
+    <t>DER-48304</t>
+  </si>
+  <si>
+    <t>DER-48435</t>
+  </si>
+  <si>
+    <t>DER-48510</t>
+  </si>
+  <si>
+    <t>DER-48588</t>
+  </si>
+  <si>
+    <t>DER-48638</t>
+  </si>
+  <si>
+    <t>DER-48807</t>
+  </si>
+  <si>
+    <t>DER-48906</t>
+  </si>
+  <si>
+    <t>DER-48980</t>
+  </si>
+  <si>
+    <t>DER-49057</t>
+  </si>
+  <si>
+    <t>DER-49202</t>
+  </si>
+  <si>
+    <t>DER-49408</t>
+  </si>
+  <si>
+    <t>DER-49487</t>
+  </si>
+  <si>
+    <t>DER-49795</t>
+  </si>
+  <si>
+    <t>DER-49892</t>
+  </si>
+  <si>
+    <t>Trumbull</t>
+  </si>
+  <si>
+    <t>DER-49914</t>
+  </si>
+  <si>
+    <t>DER-50093</t>
   </si>
   <si>
     <t>NORTH HAVEN</t>
   </si>
   <si>
-    <t>DER-43021</t>
-[...289 lines deleted...]
-  <si>
     <t>DER-50332</t>
   </si>
   <si>
     <t>DER-50376</t>
   </si>
   <si>
     <t>DER-50667</t>
   </si>
   <si>
     <t>DER-50690</t>
   </si>
   <si>
     <t>DER-50716</t>
   </si>
   <si>
-    <t>Bpt</t>
-[...1 lines deleted...]
-  <si>
     <t>DER-50801</t>
   </si>
   <si>
     <t>DER-50918</t>
   </si>
   <si>
     <t>DER-51051</t>
   </si>
   <si>
+    <t>DER-51287</t>
+  </si>
+  <si>
+    <t>TRUMBULL</t>
+  </si>
+  <si>
     <t>DER-51387</t>
   </si>
   <si>
     <t>DER-51393</t>
   </si>
   <si>
     <t>DER-51412</t>
   </si>
   <si>
     <t>DER-51435</t>
   </si>
   <si>
     <t>DER-51444</t>
   </si>
   <si>
     <t>DER-51452</t>
   </si>
   <si>
     <t>DER-51453</t>
   </si>
   <si>
     <t>DER-51470</t>
   </si>
   <si>
     <t>DER-51471</t>
@@ -599,920 +555,260 @@
   <si>
     <t>DER-51497</t>
   </si>
   <si>
     <t>DER-51541</t>
   </si>
   <si>
     <t>DER-51547</t>
   </si>
   <si>
     <t>DER-51592</t>
   </si>
   <si>
     <t>DER-51593</t>
   </si>
   <si>
     <t>DER-52037</t>
   </si>
   <si>
     <t>DER-52072</t>
   </si>
   <si>
     <t>DER-52129</t>
   </si>
   <si>
+    <t>NETWORK</t>
+  </si>
+  <si>
     <t>DER-52230</t>
   </si>
   <si>
     <t>DER-52237</t>
   </si>
   <si>
     <t>DER-52313</t>
   </si>
   <si>
-    <t>MILFORD</t>
-[...1 lines deleted...]
-  <si>
     <t>DER-52314</t>
   </si>
   <si>
-    <t>DERBY</t>
+    <t>Derby</t>
+  </si>
+  <si>
+    <t>DER-52373</t>
+  </si>
+  <si>
+    <t>MULTIPLE</t>
   </si>
   <si>
     <t>DER-52413</t>
   </si>
   <si>
     <t>DER-52456</t>
   </si>
   <si>
     <t>DER-52461</t>
   </si>
   <si>
     <t>DER-52518</t>
   </si>
   <si>
     <t>Seymour</t>
   </si>
   <si>
     <t>DER-52520</t>
   </si>
   <si>
     <t>DER-52524</t>
   </si>
   <si>
     <t>DER-52551</t>
   </si>
   <si>
     <t>DER-52590</t>
   </si>
   <si>
     <t>DER-52646</t>
   </si>
   <si>
     <t>DER-52683</t>
   </si>
   <si>
     <t>DER-52684</t>
+  </si>
+  <si>
+    <t>DER-52965</t>
+  </si>
+  <si>
+    <t>DER-53001</t>
+  </si>
+  <si>
+    <t>DER-53019</t>
+  </si>
+  <si>
+    <t>DER-53116</t>
+  </si>
+  <si>
+    <t>DER-53160</t>
+  </si>
+  <si>
+    <t>DER-53209</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
-  <fonts count="19">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...132 lines deleted...]
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="33">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
-    <fill>
-[...171 lines deleted...]
-    </fill>
   </fills>
-  <borders count="10">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...105 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="42">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...39 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
-  <cellStyles count="42">
-[...35 lines deleted...]
-    <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
-[...3 lines deleted...]
-    <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
-  <dxfs count="19">
+  <dxfs count="2">
     <dxf>
-      <numFmt numFmtId="164" formatCode="m/d/yyyy"/>
+      <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
     </dxf>
     <dxf>
-      <numFmt numFmtId="0" formatCode="General"/>
-[...154 lines deleted...]
-      </border>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
-  <tableStyles count="2" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
-[...18 lines deleted...]
-  </tableStyles>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
-[...19 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="18" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Merge3" displayName="Merge3" ref="A1:G140" tableType="queryTable" totalsRowShown="0">
-[...11 lines deleted...]
-    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" uniqueName="7" name="Queue Date" queryTableFieldId="7" dataDxfId="0"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{EF4E8699-2083-408F-B99A-4F88DF5ACF3D}" name="Table4" displayName="Table4" ref="A1:L137" totalsRowShown="0" headerRowDxfId="1">
+  <autoFilter ref="A1:L137" xr:uid="{3219DD27-2BAA-4C95-9780-223D4C3FC741}"/>
+  <tableColumns count="12">
+    <tableColumn id="1" xr3:uid="{1B70981C-5DA4-48D7-AF7C-E87DA06B585C}" name="Project Number"/>
+    <tableColumn id="2" xr3:uid="{FB931858-2B94-4457-9D58-FE59E9F0FB1D}" name="Circuit"/>
+    <tableColumn id="3" xr3:uid="{B176929C-16BE-4990-864C-B7C9EA2CA290}" name="Substation"/>
+    <tableColumn id="5" xr3:uid="{6533CCA2-5C10-4D70-BB75-822FE6645636}" name="Town"/>
+    <tableColumn id="6" xr3:uid="{B40987C2-8EF5-4053-A5AD-8E7F1FE30C9D}" name="Technology"/>
+    <tableColumn id="7" xr3:uid="{2849AC90-6143-4D7A-80E3-AFD2EC17E146}" name="Queue Date" dataDxfId="0"/>
+    <tableColumn id="8" xr3:uid="{F0F625FF-0120-4F74-9EA8-A9A2D1E3A006}" name="Total System Size (AC kW)"/>
+    <tableColumn id="9" xr3:uid="{070E2EE5-2C1E-4565-A35B-60E5568C1A92}" name="Export Capacity (AC kW)"/>
+    <tableColumn id="10" xr3:uid="{DC137679-8D09-499B-88B0-ACEE634EFA26}" name="Latitude"/>
+    <tableColumn id="11" xr3:uid="{1AEF990C-58EF-44D4-AC88-D7A07A0E9D8B}" name="Longitude"/>
+    <tableColumn id="13" xr3:uid="{1ECCAEBD-6275-4EA2-9B7D-8B8DCD99D907}" name="Installer Company"/>
+    <tableColumn id="14" xr3:uid="{6C2C0C2C-CD9E-4021-9A9F-D808E76E399C}" name="Parent Company"/>
   </tableColumns>
-  <tableStyleInfo name="TableStyleMedium7" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="TableStyleMedium14" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -1520,51 +816,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -1631,65 +927,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -1710,3345 +1006,4324 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:G140"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DC2209BD-2A27-4660-8C36-6CFF78352E6F}">
+  <dimension ref="A1:L137"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="J11" sqref="J11"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="N12" sqref="N12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.45"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="17.42578125" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="15.85546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13" customWidth="1"/>
+    <col min="2" max="2" width="11.7109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.28515625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="14.28515625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="19.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="16.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="17.140625" customWidth="1"/>
+    <col min="8" max="8" width="16.85546875" customWidth="1"/>
+    <col min="9" max="9" width="13" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="14.5703125" bestFit="1" customWidth="1"/>
+    <col min="11" max="12" width="24.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7">
-      <c r="A1" t="s">
+    <row r="1" spans="1:12" ht="28.5" customHeight="1">
+      <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" t="s">
+      <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" t="s">
+      <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" t="s">
+      <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="E1" t="s">
+      <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" t="s">
+      <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="G1" t="s">
+      <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
-    </row>
-    <row r="2" spans="1:7">
+      <c r="H1" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12">
       <c r="A2" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="B2">
+        <v>2502</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>14</v>
+      </c>
+      <c r="E2" t="s">
+        <v>15</v>
+      </c>
+      <c r="F2" s="2">
+        <v>43157</v>
+      </c>
+      <c r="G2">
         <v>9660</v>
       </c>
-      <c r="C2">
-[...15 lines deleted...]
-    <row r="3" spans="1:7">
+      <c r="H2">
+        <v>9660</v>
+      </c>
+      <c r="I2">
+        <v>41.168593360000003</v>
+      </c>
+      <c r="J2">
+        <v>-73.200719449999994</v>
+      </c>
+    </row>
+    <row r="3" spans="1:12">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="B3">
+        <v>3676</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" s="2">
+        <v>43388</v>
+      </c>
+      <c r="G3">
         <v>1000</v>
       </c>
-      <c r="C3">
-[...15 lines deleted...]
-    <row r="4" spans="1:7">
+      <c r="H3">
+        <v>1000</v>
+      </c>
+      <c r="I3">
+        <v>41.34292001</v>
+      </c>
+      <c r="J3">
+        <v>-73.060449989999995</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12">
       <c r="A4" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B4">
-        <v>685</v>
-[...2 lines deleted...]
-        <v>1548</v>
+        <v>1529</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
       </c>
       <c r="D4" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="E4" t="s">
-        <v>17</v>
-[...8 lines deleted...]
-    <row r="5" spans="1:7">
+        <v>19</v>
+      </c>
+      <c r="F4" s="2">
+        <v>44301</v>
+      </c>
+      <c r="G4">
+        <v>1999</v>
+      </c>
+      <c r="I4">
+        <v>41.295316970000002</v>
+      </c>
+      <c r="J4">
+        <v>-72.919859500000001</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12">
       <c r="A5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="B5">
-        <v>34.229999999999997</v>
-[...2 lines deleted...]
-        <v>2688</v>
+        <v>2637</v>
+      </c>
+      <c r="C5" t="s">
+        <v>24</v>
       </c>
       <c r="D5" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="E5" t="s">
-        <v>20</v>
-[...8 lines deleted...]
-    <row r="6" spans="1:7">
+        <v>19</v>
+      </c>
+      <c r="F5" s="2">
+        <v>44302</v>
+      </c>
+      <c r="G5">
+        <v>95.8</v>
+      </c>
+      <c r="H5">
+        <v>95.8</v>
+      </c>
+      <c r="I5">
+        <v>41.197845999999998</v>
+      </c>
+      <c r="J5">
+        <v>-73.117998999999998</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12">
       <c r="A6" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B6">
-        <v>1999</v>
-[...2 lines deleted...]
-        <v>1529</v>
+        <v>1690</v>
+      </c>
+      <c r="C6" t="s">
+        <v>27</v>
       </c>
       <c r="D6" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E6" t="s">
-        <v>23</v>
-[...8 lines deleted...]
-    <row r="7" spans="1:7">
+        <v>19</v>
+      </c>
+      <c r="F6" s="2">
+        <v>44315</v>
+      </c>
+      <c r="G6">
+        <v>100</v>
+      </c>
+      <c r="H6">
+        <v>100</v>
+      </c>
+      <c r="I6">
+        <v>41.374822299999998</v>
+      </c>
+      <c r="J6">
+        <v>-72.920583309999998</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12">
       <c r="A7" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B7">
-        <v>95.8</v>
-[...2 lines deleted...]
-        <v>2637</v>
+        <v>1690</v>
+      </c>
+      <c r="C7" t="s">
+        <v>27</v>
       </c>
       <c r="D7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E7" t="s">
-        <v>26</v>
-[...8 lines deleted...]
-    <row r="8" spans="1:7">
+        <v>19</v>
+      </c>
+      <c r="F7" s="2">
+        <v>44315</v>
+      </c>
+      <c r="G7">
+        <v>287.5</v>
+      </c>
+      <c r="H7">
+        <v>100</v>
+      </c>
+      <c r="I7">
+        <v>41.378039000000001</v>
+      </c>
+      <c r="J7">
+        <v>-72.918808999999996</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12">
       <c r="A8" t="s">
+        <v>30</v>
+      </c>
+      <c r="B8">
+        <v>1690</v>
+      </c>
+      <c r="C8" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>1690</v>
       </c>
       <c r="D8" t="s">
         <v>28</v>
       </c>
       <c r="E8" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      <c r="G8" s="1">
+        <v>19</v>
+      </c>
+      <c r="F8" s="2">
         <v>44315</v>
       </c>
-    </row>
-    <row r="9" spans="1:7">
+      <c r="G8">
+        <v>258.3</v>
+      </c>
+      <c r="H8">
+        <v>268.3</v>
+      </c>
+      <c r="I8">
+        <v>41.37740823</v>
+      </c>
+      <c r="J8">
+        <v>-72.919105569999999</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12">
       <c r="A9" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B9">
-        <v>287.5</v>
-[...1 lines deleted...]
-      <c r="C9">
         <v>1690</v>
+      </c>
+      <c r="C9" t="s">
+        <v>27</v>
       </c>
       <c r="D9" t="s">
         <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      <c r="G9" s="1">
+        <v>19</v>
+      </c>
+      <c r="F9" s="2">
         <v>44315</v>
       </c>
-    </row>
-    <row r="10" spans="1:7">
+      <c r="G9">
+        <v>100</v>
+      </c>
+      <c r="H9">
+        <v>100</v>
+      </c>
+      <c r="I9">
+        <v>41.374822299999998</v>
+      </c>
+      <c r="J9">
+        <v>-72.920583309999998</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12">
       <c r="A10" t="s">
         <v>32</v>
       </c>
       <c r="B10">
-        <v>258.3</v>
-[...2 lines deleted...]
-        <v>1690</v>
+        <v>1750</v>
+      </c>
+      <c r="C10" t="s">
+        <v>33</v>
       </c>
       <c r="D10" t="s">
         <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="F10" t="s">
+        <v>19</v>
+      </c>
+      <c r="F10" s="2">
+        <v>44362</v>
+      </c>
+      <c r="G10">
+        <v>240</v>
+      </c>
+      <c r="H10">
+        <v>240</v>
+      </c>
+      <c r="I10">
+        <v>41.384580890000002</v>
+      </c>
+      <c r="J10">
+        <v>-72.900918259999997</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12">
+      <c r="A11" t="s">
+        <v>34</v>
+      </c>
+      <c r="B11">
+        <v>1548</v>
+      </c>
+      <c r="C11" t="s">
+        <v>35</v>
+      </c>
+      <c r="D11" t="s">
+        <v>36</v>
+      </c>
+      <c r="E11" t="s">
+        <v>19</v>
+      </c>
+      <c r="F11" s="2">
+        <v>44362</v>
+      </c>
+      <c r="G11">
+        <v>2000</v>
+      </c>
+      <c r="H11">
+        <v>2000</v>
+      </c>
+      <c r="I11">
+        <v>41.335735999999997</v>
+      </c>
+      <c r="J11">
+        <v>-72.751818</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12">
+      <c r="A12" t="s">
+        <v>37</v>
+      </c>
+      <c r="B12">
+        <v>3676</v>
+      </c>
+      <c r="C12" t="s">
+        <v>17</v>
+      </c>
+      <c r="D12" t="s">
+        <v>18</v>
+      </c>
+      <c r="E12" t="s">
+        <v>19</v>
+      </c>
+      <c r="F12" s="2">
+        <v>44376</v>
+      </c>
+      <c r="G12">
+        <v>2000</v>
+      </c>
+      <c r="H12">
+        <v>2000</v>
+      </c>
+      <c r="I12">
+        <v>41.344171000000003</v>
+      </c>
+      <c r="J12">
+        <v>-73.063351999999995</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12">
+      <c r="A13" t="s">
+        <v>38</v>
+      </c>
+      <c r="B13">
+        <v>1902</v>
+      </c>
+      <c r="C13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D13" t="s">
+        <v>22</v>
+      </c>
+      <c r="E13" t="s">
+        <v>19</v>
+      </c>
+      <c r="F13" s="2">
+        <v>44396</v>
+      </c>
+      <c r="G13">
+        <v>241.6</v>
+      </c>
+      <c r="H13">
+        <v>241.6</v>
+      </c>
+      <c r="I13">
+        <v>41.311148629999998</v>
+      </c>
+      <c r="J13">
+        <v>-72.937264299999995</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12">
+      <c r="A14" t="s">
+        <v>40</v>
+      </c>
+      <c r="B14">
+        <v>1691</v>
+      </c>
+      <c r="C14" t="s">
+        <v>27</v>
+      </c>
+      <c r="D14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E14" t="s">
+        <v>19</v>
+      </c>
+      <c r="F14" s="2">
+        <v>45222</v>
+      </c>
+      <c r="G14">
+        <v>192.5</v>
+      </c>
+      <c r="H14">
+        <v>200</v>
+      </c>
+      <c r="I14">
+        <v>41.346475320000003</v>
+      </c>
+      <c r="J14">
+        <v>-72.923835170000004</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12">
+      <c r="A15" t="s">
+        <v>41</v>
+      </c>
+      <c r="B15">
+        <v>1542</v>
+      </c>
+      <c r="C15" t="s">
+        <v>35</v>
+      </c>
+      <c r="D15" t="s">
+        <v>42</v>
+      </c>
+      <c r="E15" t="s">
+        <v>19</v>
+      </c>
+      <c r="F15" s="2">
+        <v>44634</v>
+      </c>
+      <c r="G15">
+        <v>1999</v>
+      </c>
+      <c r="H15">
+        <v>1999</v>
+      </c>
+      <c r="I15">
+        <v>41.342674000000002</v>
+      </c>
+      <c r="J15">
+        <v>-72.825192000000001</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12">
+      <c r="A16" t="s">
+        <v>43</v>
+      </c>
+      <c r="B16">
+        <v>3653</v>
+      </c>
+      <c r="C16" t="s">
+        <v>44</v>
+      </c>
+      <c r="D16" t="s">
+        <v>45</v>
+      </c>
+      <c r="E16" t="s">
+        <v>19</v>
+      </c>
+      <c r="F16" s="2">
+        <v>44755</v>
+      </c>
+      <c r="G16">
+        <v>208.3</v>
+      </c>
+      <c r="H16">
+        <v>208.3</v>
+      </c>
+      <c r="I16">
+        <v>41.250838999999999</v>
+      </c>
+      <c r="J16">
+        <v>-73.018587999999994</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10">
+      <c r="A17" t="s">
+        <v>46</v>
+      </c>
+      <c r="B17">
+        <v>2807</v>
+      </c>
+      <c r="C17" t="s">
+        <v>47</v>
+      </c>
+      <c r="D17" t="s">
+        <v>48</v>
+      </c>
+      <c r="E17" t="s">
+        <v>19</v>
+      </c>
+      <c r="F17" s="2">
+        <v>44795</v>
+      </c>
+      <c r="G17">
+        <v>225</v>
+      </c>
+      <c r="H17">
+        <v>225</v>
+      </c>
+      <c r="I17">
+        <v>41.264380590000002</v>
+      </c>
+      <c r="J17">
+        <v>-73.130486219999995</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10">
+      <c r="A18" t="s">
+        <v>49</v>
+      </c>
+      <c r="B18">
+        <v>2626</v>
+      </c>
+      <c r="C18" t="s">
+        <v>50</v>
+      </c>
+      <c r="D18" t="s">
         <v>14</v>
       </c>
-      <c r="G10" s="1">
-[...7 lines deleted...]
-      <c r="B11">
+      <c r="E18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F18" s="2">
+        <v>44995</v>
+      </c>
+      <c r="G18">
         <v>100</v>
       </c>
-      <c r="C11">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+      <c r="H18">
+        <v>100</v>
+      </c>
+      <c r="I18">
+        <v>41.219919259999998</v>
+      </c>
+      <c r="J18">
+        <v>-73.227785549999993</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10">
+      <c r="A19" t="s">
+        <v>51</v>
+      </c>
+      <c r="B19">
+        <v>1550</v>
+      </c>
+      <c r="C19" t="s">
+        <v>35</v>
+      </c>
+      <c r="D19" t="s">
+        <v>52</v>
+      </c>
+      <c r="E19" t="s">
+        <v>19</v>
+      </c>
+      <c r="F19" s="2">
+        <v>44918</v>
+      </c>
+      <c r="G19">
+        <v>1700</v>
+      </c>
+      <c r="H19">
+        <v>1700</v>
+      </c>
+      <c r="I19">
+        <v>41.341009</v>
+      </c>
+      <c r="J19">
+        <v>-72.864001000000002</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10">
+      <c r="A20" t="s">
+        <v>53</v>
+      </c>
+      <c r="B20">
+        <v>1889</v>
+      </c>
+      <c r="C20" t="s">
+        <v>54</v>
+      </c>
+      <c r="D20" t="s">
+        <v>22</v>
+      </c>
+      <c r="E20" t="s">
+        <v>19</v>
+      </c>
+      <c r="F20" s="2">
+        <v>44993</v>
+      </c>
+      <c r="G20">
+        <v>265</v>
+      </c>
+      <c r="H20">
+        <v>400</v>
+      </c>
+      <c r="I20">
+        <v>41.314618340000003</v>
+      </c>
+      <c r="J20">
+        <v>-72.906131189999996</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10">
+      <c r="A21" t="s">
+        <v>55</v>
+      </c>
+      <c r="B21">
+        <v>530</v>
+      </c>
+      <c r="C21" t="s">
+        <v>56</v>
+      </c>
+      <c r="D21" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" t="s">
+        <v>19</v>
+      </c>
+      <c r="F21" s="2">
+        <v>45104</v>
+      </c>
+      <c r="G21">
+        <v>200</v>
+      </c>
+      <c r="H21">
+        <v>200</v>
+      </c>
+      <c r="I21">
+        <v>41.169704000000003</v>
+      </c>
+      <c r="J21">
+        <v>-73.168379000000002</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10">
+      <c r="A22" t="s">
+        <v>57</v>
+      </c>
+      <c r="B22">
+        <v>2542</v>
+      </c>
+      <c r="C22" t="s">
+        <v>56</v>
+      </c>
+      <c r="D22" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" t="s">
+        <v>19</v>
+      </c>
+      <c r="F22" s="2">
+        <v>45237</v>
+      </c>
+      <c r="G22">
+        <v>50</v>
+      </c>
+      <c r="H22">
+        <v>50</v>
+      </c>
+      <c r="I22">
+        <v>41.19728439</v>
+      </c>
+      <c r="J22">
+        <v>-73.191143449999998</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10">
+      <c r="A23" t="s">
+        <v>58</v>
+      </c>
+      <c r="B23">
+        <v>1692</v>
+      </c>
+      <c r="C23" t="s">
+        <v>27</v>
+      </c>
+      <c r="D23" t="s">
         <v>28</v>
       </c>
-      <c r="E11" t="s">
-[...2 lines deleted...]
-      <c r="F11" t="s">
+      <c r="E23" t="s">
+        <v>19</v>
+      </c>
+      <c r="F23" s="2">
+        <v>45070</v>
+      </c>
+      <c r="G23">
+        <v>996</v>
+      </c>
+      <c r="H23">
+        <v>1446.12</v>
+      </c>
+      <c r="I23">
+        <v>41.375379019999997</v>
+      </c>
+      <c r="J23">
+        <v>-72.932738090000001</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10">
+      <c r="A24" t="s">
+        <v>59</v>
+      </c>
+      <c r="B24">
+        <v>2502</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
         <v>14</v>
       </c>
-      <c r="G11" s="1">
-[...291 lines deleted...]
-      </c>
       <c r="E24" t="s">
-        <v>58</v>
-[...8 lines deleted...]
-    <row r="25" spans="1:7">
+        <v>19</v>
+      </c>
+      <c r="F24" s="2">
+        <v>45694</v>
+      </c>
+      <c r="G24">
+        <v>979</v>
+      </c>
+      <c r="H24">
+        <v>979</v>
+      </c>
+      <c r="I24">
+        <v>41.16738024</v>
+      </c>
+      <c r="J24">
+        <v>-73.208754330000005</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10">
       <c r="A25" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B25">
-        <v>265</v>
-[...2 lines deleted...]
-        <v>1889</v>
+        <v>2665</v>
+      </c>
+      <c r="C25" t="s">
+        <v>61</v>
       </c>
       <c r="D25" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="E25" t="s">
-        <v>23</v>
-[...8 lines deleted...]
-    <row r="26" spans="1:7">
+        <v>19</v>
+      </c>
+      <c r="F25" s="2">
+        <v>45152</v>
+      </c>
+      <c r="G25">
+        <v>80</v>
+      </c>
+      <c r="H25">
+        <v>80</v>
+      </c>
+      <c r="I25">
+        <v>41.181203910000001</v>
+      </c>
+      <c r="J25">
+        <v>-73.249600139999998</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10">
       <c r="A26" t="s">
+        <v>63</v>
+      </c>
+      <c r="B26">
+        <v>2665</v>
+      </c>
+      <c r="C26" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>530</v>
       </c>
       <c r="D26" t="s">
         <v>62</v>
       </c>
       <c r="E26" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="F26" t="s">
+        <v>19</v>
+      </c>
+      <c r="F26" s="2">
+        <v>45258</v>
+      </c>
+      <c r="G26">
+        <v>67.3</v>
+      </c>
+      <c r="H26">
+        <v>66.3</v>
+      </c>
+      <c r="I26">
+        <v>41.180007490000001</v>
+      </c>
+      <c r="J26">
+        <v>-73.250454610000006</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10">
+      <c r="A27" t="s">
+        <v>64</v>
+      </c>
+      <c r="B27">
+        <v>2631</v>
+      </c>
+      <c r="C27" t="s">
+        <v>24</v>
+      </c>
+      <c r="D27" t="s">
         <v>14</v>
       </c>
-      <c r="G26" s="1">
-[...7 lines deleted...]
-      <c r="B27">
+      <c r="E27" t="s">
+        <v>19</v>
+      </c>
+      <c r="F27" s="2">
+        <v>45141</v>
+      </c>
+      <c r="G27">
+        <v>250</v>
+      </c>
+      <c r="H27">
+        <v>250</v>
+      </c>
+      <c r="I27">
+        <v>41.18367319</v>
+      </c>
+      <c r="J27">
+        <v>-73.158277350000006</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10">
+      <c r="A28" t="s">
+        <v>65</v>
+      </c>
+      <c r="B28">
+        <v>2631</v>
+      </c>
+      <c r="C28" t="s">
+        <v>24</v>
+      </c>
+      <c r="D28" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" t="s">
+        <v>19</v>
+      </c>
+      <c r="F28" s="2">
+        <v>45128</v>
+      </c>
+      <c r="G28">
+        <v>400</v>
+      </c>
+      <c r="H28">
+        <v>400</v>
+      </c>
+      <c r="I28">
+        <v>41.184180779999998</v>
+      </c>
+      <c r="J28">
+        <v>-73.156955760000002</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10">
+      <c r="A29" t="s">
+        <v>66</v>
+      </c>
+      <c r="B29">
+        <v>2505</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" t="s">
+        <v>19</v>
+      </c>
+      <c r="F29" s="2">
+        <v>45190</v>
+      </c>
+      <c r="G29">
         <v>50</v>
       </c>
-      <c r="C27">
-[...8 lines deleted...]
-      <c r="F27" t="s">
+      <c r="H29">
+        <v>0</v>
+      </c>
+      <c r="I29">
+        <v>41.173042950000003</v>
+      </c>
+      <c r="J29">
+        <v>-73.1956335</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10">
+      <c r="A30" t="s">
+        <v>67</v>
+      </c>
+      <c r="B30">
+        <v>533</v>
+      </c>
+      <c r="C30" t="s">
+        <v>56</v>
+      </c>
+      <c r="D30" t="s">
         <v>14</v>
       </c>
-      <c r="G27" s="1">
-[...61 lines deleted...]
-      </c>
       <c r="E30" t="s">
-        <v>20</v>
-[...8 lines deleted...]
-    <row r="31" spans="1:7">
+        <v>15</v>
+      </c>
+      <c r="F30" s="2">
+        <v>45222</v>
+      </c>
+      <c r="G30">
+        <v>4000</v>
+      </c>
+      <c r="H30">
+        <v>4000</v>
+      </c>
+      <c r="I30">
+        <v>41.18377426</v>
+      </c>
+      <c r="J30">
+        <v>-73.166939400000004</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10">
       <c r="A31" t="s">
         <v>68</v>
       </c>
       <c r="B31">
-        <v>67.3</v>
-[...2 lines deleted...]
-        <v>2665</v>
+        <v>1702</v>
+      </c>
+      <c r="C31" t="s">
+        <v>69</v>
       </c>
       <c r="D31" t="s">
-        <v>67</v>
+        <v>42</v>
       </c>
       <c r="E31" t="s">
-        <v>69</v>
-[...8 lines deleted...]
-    <row r="32" spans="1:7">
+        <v>19</v>
+      </c>
+      <c r="F31" s="2">
+        <v>45163</v>
+      </c>
+      <c r="G31">
+        <v>30</v>
+      </c>
+      <c r="H31">
+        <v>26.574999999999999</v>
+      </c>
+      <c r="I31">
+        <v>41.288962669999997</v>
+      </c>
+      <c r="J31">
+        <v>-72.874780869999995</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10">
       <c r="A32" t="s">
         <v>70</v>
       </c>
       <c r="B32">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>2631</v>
+        <v>1440</v>
+      </c>
+      <c r="C32" t="s">
+        <v>71</v>
       </c>
       <c r="D32" t="s">
+        <v>45</v>
+      </c>
+      <c r="E32" t="s">
+        <v>19</v>
+      </c>
+      <c r="F32" s="2">
+        <v>45119</v>
+      </c>
+      <c r="G32">
+        <v>100</v>
+      </c>
+      <c r="H32">
+        <v>100</v>
+      </c>
+      <c r="I32">
+        <v>41.257582569999997</v>
+      </c>
+      <c r="J32">
+        <v>-73.00178081</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10">
+      <c r="A33" t="s">
+        <v>72</v>
+      </c>
+      <c r="B33">
+        <v>1701</v>
+      </c>
+      <c r="C33" t="s">
+        <v>69</v>
+      </c>
+      <c r="D33" t="s">
+        <v>52</v>
+      </c>
+      <c r="E33" t="s">
+        <v>19</v>
+      </c>
+      <c r="F33" s="2">
+        <v>45180</v>
+      </c>
+      <c r="G33">
+        <v>2300</v>
+      </c>
+      <c r="I33">
+        <v>41.338349999999998</v>
+      </c>
+      <c r="J33">
+        <v>-72.870131000000001</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10">
+      <c r="A34" t="s">
+        <v>73</v>
+      </c>
+      <c r="B34">
+        <v>3647</v>
+      </c>
+      <c r="C34" t="s">
+        <v>74</v>
+      </c>
+      <c r="D34" t="s">
+        <v>75</v>
+      </c>
+      <c r="E34" t="s">
+        <v>19</v>
+      </c>
+      <c r="F34" s="2">
+        <v>45314</v>
+      </c>
+      <c r="G34">
+        <v>990</v>
+      </c>
+      <c r="I34">
+        <v>41.219208999999999</v>
+      </c>
+      <c r="J34">
+        <v>-73.099828000000002</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10">
+      <c r="A35" t="s">
+        <v>76</v>
+      </c>
+      <c r="B35">
+        <v>1440</v>
+      </c>
+      <c r="C35" t="s">
+        <v>71</v>
+      </c>
+      <c r="D35" t="s">
+        <v>45</v>
+      </c>
+      <c r="E35" t="s">
+        <v>19</v>
+      </c>
+      <c r="F35" s="2">
+        <v>45176</v>
+      </c>
+      <c r="G35">
+        <v>960</v>
+      </c>
+      <c r="H35">
+        <v>960</v>
+      </c>
+      <c r="I35">
+        <v>41.259064369999997</v>
+      </c>
+      <c r="J35">
+        <v>-72.999577329999994</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10">
+      <c r="A36" t="s">
+        <v>77</v>
+      </c>
+      <c r="B36">
+        <v>2633</v>
+      </c>
+      <c r="C36" t="s">
+        <v>24</v>
+      </c>
+      <c r="D36" t="s">
         <v>25</v>
       </c>
-      <c r="E32" t="s">
-[...2 lines deleted...]
-      <c r="F32" t="s">
+      <c r="E36" t="s">
+        <v>19</v>
+      </c>
+      <c r="F36" s="2">
+        <v>45719</v>
+      </c>
+      <c r="G36">
+        <v>840</v>
+      </c>
+      <c r="H36">
+        <v>840</v>
+      </c>
+      <c r="I36">
+        <v>41.166489890000001</v>
+      </c>
+      <c r="J36">
+        <v>-73.146766580000005</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10">
+      <c r="A37" t="s">
+        <v>78</v>
+      </c>
+      <c r="B37">
+        <v>3542</v>
+      </c>
+      <c r="C37" t="s">
+        <v>79</v>
+      </c>
+      <c r="D37" t="s">
+        <v>48</v>
+      </c>
+      <c r="E37" t="s">
+        <v>19</v>
+      </c>
+      <c r="F37" s="2">
+        <v>45176</v>
+      </c>
+      <c r="G37">
+        <v>500</v>
+      </c>
+      <c r="H37">
+        <v>500</v>
+      </c>
+      <c r="I37">
+        <v>41.266157360000001</v>
+      </c>
+      <c r="J37">
+        <v>-73.135428320000003</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10">
+      <c r="A38" t="s">
+        <v>80</v>
+      </c>
+      <c r="B38">
+        <v>2537</v>
+      </c>
+      <c r="C38" t="s">
+        <v>56</v>
+      </c>
+      <c r="D38" t="s">
         <v>14</v>
       </c>
-      <c r="G32" s="1">
-[...76 lines deleted...]
-      <c r="B36">
+      <c r="E38" t="s">
+        <v>19</v>
+      </c>
+      <c r="F38" s="2">
+        <v>45236</v>
+      </c>
+      <c r="G38">
+        <v>1108</v>
+      </c>
+      <c r="H38">
+        <v>1108</v>
+      </c>
+      <c r="I38">
+        <v>41.202002999999998</v>
+      </c>
+      <c r="J38">
+        <v>-73.201398999999995</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10">
+      <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39">
+        <v>1541</v>
+      </c>
+      <c r="C39" t="s">
+        <v>35</v>
+      </c>
+      <c r="D39" t="s">
+        <v>22</v>
+      </c>
+      <c r="E39" t="s">
+        <v>19</v>
+      </c>
+      <c r="F39" s="2">
+        <v>45327</v>
+      </c>
+      <c r="G39">
+        <v>750</v>
+      </c>
+      <c r="H39">
+        <v>750</v>
+      </c>
+      <c r="I39">
+        <v>41.326889000000001</v>
+      </c>
+      <c r="J39">
+        <v>-72.883448999999999</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10">
+      <c r="A40" t="s">
+        <v>82</v>
+      </c>
+      <c r="B40">
+        <v>633</v>
+      </c>
+      <c r="C40" t="s">
+        <v>83</v>
+      </c>
+      <c r="D40" t="s">
+        <v>84</v>
+      </c>
+      <c r="E40" t="s">
+        <v>19</v>
+      </c>
+      <c r="F40" s="2">
+        <v>45316</v>
+      </c>
+      <c r="G40">
+        <v>940</v>
+      </c>
+      <c r="I40">
+        <v>41.274546049999998</v>
+      </c>
+      <c r="J40">
+        <v>-72.965513880000003</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10">
+      <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41">
+        <v>1907</v>
+      </c>
+      <c r="C41" t="s">
+        <v>39</v>
+      </c>
+      <c r="D41" t="s">
+        <v>22</v>
+      </c>
+      <c r="E41" t="s">
+        <v>19</v>
+      </c>
+      <c r="F41" s="2">
+        <v>45407</v>
+      </c>
+      <c r="G41">
         <v>50</v>
       </c>
-      <c r="C36">
-[...130 lines deleted...]
-    <row r="42" spans="1:7">
+      <c r="H41">
+        <v>50</v>
+      </c>
+      <c r="I41">
+        <v>41.310810179999997</v>
+      </c>
+      <c r="J41">
+        <v>-72.951057309999996</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10">
       <c r="A42" t="s">
         <v>86</v>
       </c>
       <c r="B42">
-        <v>960</v>
-[...2 lines deleted...]
-        <v>1440</v>
+        <v>533</v>
+      </c>
+      <c r="C42" t="s">
+        <v>56</v>
       </c>
       <c r="D42" t="s">
-        <v>80</v>
+        <v>14</v>
       </c>
       <c r="E42" t="s">
-        <v>51</v>
-[...8 lines deleted...]
-    <row r="43" spans="1:7">
+        <v>19</v>
+      </c>
+      <c r="F42" s="2">
+        <v>45349</v>
+      </c>
+      <c r="G42">
+        <v>50</v>
+      </c>
+      <c r="I42">
+        <v>41.184683</v>
+      </c>
+      <c r="J42">
+        <v>-73.173353000000006</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10">
       <c r="A43" t="s">
         <v>87</v>
       </c>
       <c r="B43">
-        <v>840</v>
-[...2 lines deleted...]
-        <v>2633</v>
+        <v>1431</v>
+      </c>
+      <c r="C43" t="s">
+        <v>71</v>
       </c>
       <c r="D43" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="E43" t="s">
-        <v>26</v>
-[...8 lines deleted...]
-    <row r="44" spans="1:7">
+        <v>19</v>
+      </c>
+      <c r="F43" s="2">
+        <v>45407</v>
+      </c>
+      <c r="G43">
+        <v>200</v>
+      </c>
+      <c r="H43">
+        <v>200</v>
+      </c>
+      <c r="I43">
+        <v>41.280140019999997</v>
+      </c>
+      <c r="J43">
+        <v>-72.988365139999999</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10">
       <c r="A44" t="s">
         <v>88</v>
       </c>
       <c r="B44">
-        <v>500</v>
-[...2 lines deleted...]
-        <v>3542</v>
+        <v>1646</v>
+      </c>
+      <c r="C44" t="s">
+        <v>89</v>
       </c>
       <c r="D44" t="s">
-        <v>89</v>
+        <v>52</v>
       </c>
       <c r="E44" t="s">
-        <v>54</v>
-[...8 lines deleted...]
-    <row r="45" spans="1:7">
+        <v>19</v>
+      </c>
+      <c r="F44" s="2">
+        <v>45344</v>
+      </c>
+      <c r="G44">
+        <v>27.3</v>
+      </c>
+      <c r="H44">
+        <v>43.2</v>
+      </c>
+      <c r="I44">
+        <v>41.36972617</v>
+      </c>
+      <c r="J44">
+        <v>-72.887143249999994</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10">
       <c r="A45" t="s">
         <v>90</v>
       </c>
       <c r="B45">
-        <v>1108</v>
-[...2 lines deleted...]
-        <v>2537</v>
+        <v>1532</v>
+      </c>
+      <c r="C45" t="s">
+        <v>21</v>
       </c>
       <c r="D45" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="E45" t="s">
-        <v>9</v>
-[...8 lines deleted...]
-    <row r="46" spans="1:7">
+        <v>19</v>
+      </c>
+      <c r="F45" s="2">
+        <v>45376</v>
+      </c>
+      <c r="G45">
+        <v>193</v>
+      </c>
+      <c r="H45">
+        <v>193</v>
+      </c>
+      <c r="I45">
+        <v>41.296317739999999</v>
+      </c>
+      <c r="J45">
+        <v>-72.935875769999996</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10">
       <c r="A46" t="s">
         <v>91</v>
       </c>
       <c r="B46">
+        <v>1607</v>
+      </c>
+      <c r="C46" t="s">
+        <v>92</v>
+      </c>
+      <c r="D46" t="s">
+        <v>22</v>
+      </c>
+      <c r="E46" t="s">
+        <v>19</v>
+      </c>
+      <c r="F46" s="2">
+        <v>45376</v>
+      </c>
+      <c r="G46">
         <v>200</v>
       </c>
-      <c r="C46">
-[...8 lines deleted...]
-      <c r="F46" t="s">
+      <c r="H46">
+        <v>200</v>
+      </c>
+      <c r="I46">
+        <v>41.326333640000001</v>
+      </c>
+      <c r="J46">
+        <v>-72.953182299999995</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10">
+      <c r="A47" t="s">
+        <v>93</v>
+      </c>
+      <c r="B47">
+        <v>2742</v>
+      </c>
+      <c r="C47" t="s">
+        <v>94</v>
+      </c>
+      <c r="D47" t="s">
         <v>14</v>
       </c>
-      <c r="G46" s="1">
-[...4 lines deleted...]
-      <c r="A47" t="s">
+      <c r="E47" t="s">
+        <v>19</v>
+      </c>
+      <c r="F47" s="2">
+        <v>45667</v>
+      </c>
+      <c r="G47">
+        <v>30</v>
+      </c>
+      <c r="H47">
+        <v>30</v>
+      </c>
+      <c r="I47">
+        <v>41.196686999999997</v>
+      </c>
+      <c r="J47">
+        <v>-73.157561000000001</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10">
+      <c r="A48" t="s">
+        <v>95</v>
+      </c>
+      <c r="B48">
+        <v>1859</v>
+      </c>
+      <c r="C48" t="s">
+        <v>39</v>
+      </c>
+      <c r="D48" t="s">
+        <v>22</v>
+      </c>
+      <c r="E48" t="s">
+        <v>96</v>
+      </c>
+      <c r="F48" s="2">
+        <v>45804</v>
+      </c>
+      <c r="G48">
+        <v>6000</v>
+      </c>
+      <c r="H48">
+        <v>30700</v>
+      </c>
+      <c r="I48">
+        <v>41.312859670000002</v>
+      </c>
+      <c r="J48">
+        <v>-72.928329660000003</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10">
+      <c r="A49" t="s">
+        <v>97</v>
+      </c>
+      <c r="B49">
+        <v>3676</v>
+      </c>
+      <c r="C49" t="s">
+        <v>17</v>
+      </c>
+      <c r="D49" t="s">
+        <v>18</v>
+      </c>
+      <c r="E49" t="s">
+        <v>19</v>
+      </c>
+      <c r="F49" s="2">
+        <v>45565</v>
+      </c>
+      <c r="G49">
+        <v>700</v>
+      </c>
+      <c r="H49">
+        <v>700</v>
+      </c>
+      <c r="I49">
+        <v>41.334937029999999</v>
+      </c>
+      <c r="J49">
+        <v>-73.065974060000002</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10">
+      <c r="A50" t="s">
+        <v>98</v>
+      </c>
+      <c r="B50">
+        <v>1687</v>
+      </c>
+      <c r="C50" t="s">
+        <v>27</v>
+      </c>
+      <c r="D50" t="s">
+        <v>28</v>
+      </c>
+      <c r="E50" t="s">
+        <v>19</v>
+      </c>
+      <c r="F50" s="2">
+        <v>45385</v>
+      </c>
+      <c r="G50">
+        <v>600</v>
+      </c>
+      <c r="H50">
+        <v>600</v>
+      </c>
+      <c r="I50">
+        <v>41.342321200000001</v>
+      </c>
+      <c r="J50">
+        <v>-72.942446110000006</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10">
+      <c r="A51" t="s">
+        <v>99</v>
+      </c>
+      <c r="B51">
+        <v>1605</v>
+      </c>
+      <c r="C51" t="s">
         <v>92</v>
       </c>
-      <c r="B47">
+      <c r="D51" t="s">
+        <v>100</v>
+      </c>
+      <c r="E51" t="s">
+        <v>19</v>
+      </c>
+      <c r="F51" s="2">
+        <v>45391</v>
+      </c>
+      <c r="G51">
+        <v>999</v>
+      </c>
+      <c r="H51">
+        <v>999</v>
+      </c>
+      <c r="I51">
+        <v>41.381639</v>
+      </c>
+      <c r="J51">
+        <v>-73.044472999999996</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10">
+      <c r="A52" t="s">
+        <v>101</v>
+      </c>
+      <c r="B52">
+        <v>2739</v>
+      </c>
+      <c r="C52" t="s">
+        <v>94</v>
+      </c>
+      <c r="D52" t="s">
+        <v>25</v>
+      </c>
+      <c r="E52" t="s">
+        <v>102</v>
+      </c>
+      <c r="F52" s="2">
+        <v>45408</v>
+      </c>
+      <c r="G52">
+        <v>2784.4</v>
+      </c>
+      <c r="I52">
+        <v>41.200416050000001</v>
+      </c>
+      <c r="J52">
+        <v>-73.121762680000003</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10">
+      <c r="A53" t="s">
+        <v>103</v>
+      </c>
+      <c r="B53">
+        <v>1694</v>
+      </c>
+      <c r="C53" t="s">
+        <v>27</v>
+      </c>
+      <c r="D53" t="s">
+        <v>28</v>
+      </c>
+      <c r="E53" t="s">
+        <v>102</v>
+      </c>
+      <c r="F53" s="2">
+        <v>45419</v>
+      </c>
+      <c r="G53">
+        <v>2459.4</v>
+      </c>
+      <c r="I53">
+        <v>41.360638639999998</v>
+      </c>
+      <c r="J53">
+        <v>-72.923562079999996</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10">
+      <c r="A54" t="s">
+        <v>104</v>
+      </c>
+      <c r="B54">
+        <v>551</v>
+      </c>
+      <c r="C54" t="s">
+        <v>56</v>
+      </c>
+      <c r="D54" t="s">
+        <v>14</v>
+      </c>
+      <c r="E54" t="s">
+        <v>19</v>
+      </c>
+      <c r="F54" s="2">
+        <v>45460</v>
+      </c>
+      <c r="G54">
+        <v>69.2</v>
+      </c>
+      <c r="H54">
+        <v>69.2</v>
+      </c>
+      <c r="I54">
+        <v>41.182351709999999</v>
+      </c>
+      <c r="J54">
+        <v>-73.181311260000001</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10">
+      <c r="A55" t="s">
+        <v>105</v>
+      </c>
+      <c r="B55">
+        <v>2739</v>
+      </c>
+      <c r="C55" t="s">
+        <v>94</v>
+      </c>
+      <c r="D55" t="s">
+        <v>25</v>
+      </c>
+      <c r="E55" t="s">
+        <v>102</v>
+      </c>
+      <c r="F55" s="2">
+        <v>45518</v>
+      </c>
+      <c r="G55">
+        <v>1247</v>
+      </c>
+      <c r="H55">
+        <v>1000</v>
+      </c>
+      <c r="I55">
+        <v>41.201881360000002</v>
+      </c>
+      <c r="J55">
+        <v>-73.118547699999993</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10">
+      <c r="A56" t="s">
+        <v>106</v>
+      </c>
+      <c r="B56">
+        <v>3460</v>
+      </c>
+      <c r="C56" t="s">
+        <v>107</v>
+      </c>
+      <c r="D56" t="s">
+        <v>48</v>
+      </c>
+      <c r="E56" t="s">
+        <v>102</v>
+      </c>
+      <c r="F56" s="2">
+        <v>45518</v>
+      </c>
+      <c r="G56">
+        <v>1247</v>
+      </c>
+      <c r="H56">
         <v>750</v>
       </c>
-      <c r="C47">
-[...22 lines deleted...]
-      <c r="C48">
+      <c r="I56">
+        <v>41.291759040000002</v>
+      </c>
+      <c r="J56">
+        <v>-73.112660820000002</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10">
+      <c r="A57" t="s">
+        <v>108</v>
+      </c>
+      <c r="B57">
+        <v>1759</v>
+      </c>
+      <c r="C57" t="s">
+        <v>33</v>
+      </c>
+      <c r="D57" t="s">
+        <v>52</v>
+      </c>
+      <c r="E57" t="s">
+        <v>19</v>
+      </c>
+      <c r="F57" s="2">
+        <v>45680</v>
+      </c>
+      <c r="G57">
+        <v>783</v>
+      </c>
+      <c r="I57">
+        <v>41.421733930000002</v>
+      </c>
+      <c r="J57">
+        <v>-72.841084210000005</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10">
+      <c r="A58" t="s">
+        <v>109</v>
+      </c>
+      <c r="B58">
         <v>633</v>
       </c>
-      <c r="D48" t="s">
-[...62 lines deleted...]
-      <c r="B51">
+      <c r="C58" t="s">
+        <v>83</v>
+      </c>
+      <c r="D58" t="s">
+        <v>84</v>
+      </c>
+      <c r="E58" t="s">
+        <v>19</v>
+      </c>
+      <c r="F58" s="2">
+        <v>45429</v>
+      </c>
+      <c r="G58">
+        <v>433</v>
+      </c>
+      <c r="H58">
+        <v>433</v>
+      </c>
+      <c r="I58">
+        <v>41.273486689999999</v>
+      </c>
+      <c r="J58">
+        <v>-72.964831399999994</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10">
+      <c r="A59" t="s">
+        <v>110</v>
+      </c>
+      <c r="B59">
+        <v>1520</v>
+      </c>
+      <c r="C59" t="s">
+        <v>21</v>
+      </c>
+      <c r="D59" t="s">
+        <v>22</v>
+      </c>
+      <c r="E59" t="s">
+        <v>15</v>
+      </c>
+      <c r="F59" s="2">
+        <v>45491</v>
+      </c>
+      <c r="G59">
+        <v>900</v>
+      </c>
+      <c r="H59">
+        <v>900</v>
+      </c>
+      <c r="I59">
+        <v>41.292188000000003</v>
+      </c>
+      <c r="J59">
+        <v>-72.925369000000003</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10">
+      <c r="A60" t="s">
+        <v>111</v>
+      </c>
+      <c r="B60">
+        <v>1543</v>
+      </c>
+      <c r="C60" t="s">
+        <v>35</v>
+      </c>
+      <c r="D60" t="s">
+        <v>42</v>
+      </c>
+      <c r="E60" t="s">
+        <v>19</v>
+      </c>
+      <c r="F60" s="2">
+        <v>45449</v>
+      </c>
+      <c r="G60">
+        <v>960</v>
+      </c>
+      <c r="H60">
+        <v>960</v>
+      </c>
+      <c r="I60">
+        <v>41.326418179999997</v>
+      </c>
+      <c r="J60">
+        <v>-72.830856109999999</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10">
+      <c r="A61" t="s">
+        <v>112</v>
+      </c>
+      <c r="B61">
+        <v>1608</v>
+      </c>
+      <c r="C61" t="s">
+        <v>92</v>
+      </c>
+      <c r="D61" t="s">
+        <v>100</v>
+      </c>
+      <c r="E61" t="s">
+        <v>19</v>
+      </c>
+      <c r="F61" s="2">
+        <v>45483</v>
+      </c>
+      <c r="G61">
+        <v>4250</v>
+      </c>
+      <c r="H61">
+        <v>4250</v>
+      </c>
+      <c r="I61">
+        <v>41.314520000000002</v>
+      </c>
+      <c r="J61">
+        <v>-73.024253999999999</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10">
+      <c r="A62" t="s">
+        <v>113</v>
+      </c>
+      <c r="B62">
+        <v>1702</v>
+      </c>
+      <c r="C62" t="s">
+        <v>69</v>
+      </c>
+      <c r="D62" t="s">
+        <v>42</v>
+      </c>
+      <c r="E62" t="s">
+        <v>19</v>
+      </c>
+      <c r="F62" s="2">
+        <v>45449</v>
+      </c>
+      <c r="G62">
         <v>200</v>
       </c>
-      <c r="C51">
-[...65 lines deleted...]
-      <c r="B54">
+      <c r="H62">
         <v>200</v>
       </c>
-      <c r="C54">
-[...16 lines deleted...]
-      <c r="A55" t="s">
+      <c r="I62">
+        <v>41.286589149999998</v>
+      </c>
+      <c r="J62">
+        <v>-72.867163779999998</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10">
+      <c r="A63" t="s">
+        <v>114</v>
+      </c>
+      <c r="B63">
+        <v>1543</v>
+      </c>
+      <c r="C63" t="s">
+        <v>35</v>
+      </c>
+      <c r="D63" t="s">
+        <v>42</v>
+      </c>
+      <c r="E63" t="s">
+        <v>19</v>
+      </c>
+      <c r="F63" s="2">
+        <v>45450</v>
+      </c>
+      <c r="G63">
+        <v>200</v>
+      </c>
+      <c r="H63">
+        <v>200</v>
+      </c>
+      <c r="I63">
+        <v>41.326805960000002</v>
+      </c>
+      <c r="J63">
+        <v>-72.83617117</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10">
+      <c r="A64" t="s">
+        <v>115</v>
+      </c>
+      <c r="B64">
+        <v>3631</v>
+      </c>
+      <c r="C64" t="s">
+        <v>74</v>
+      </c>
+      <c r="D64" t="s">
+        <v>75</v>
+      </c>
+      <c r="E64" t="s">
         <v>102</v>
       </c>
-      <c r="B55">
-[...225 lines deleted...]
-    <row r="65" spans="1:7">
+      <c r="F64" s="2">
+        <v>45449</v>
+      </c>
+      <c r="G64">
+        <v>483</v>
+      </c>
+      <c r="H64">
+        <v>483</v>
+      </c>
+      <c r="I64">
+        <v>41.238230440000002</v>
+      </c>
+      <c r="J64">
+        <v>-73.05757577</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10">
       <c r="A65" t="s">
         <v>116</v>
       </c>
       <c r="B65">
-        <v>783</v>
-[...2 lines deleted...]
-        <v>1759</v>
+        <v>2636</v>
+      </c>
+      <c r="C65" t="s">
+        <v>24</v>
       </c>
       <c r="D65" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="E65" t="s">
-        <v>82</v>
-[...8 lines deleted...]
-    <row r="66" spans="1:7">
+        <v>19</v>
+      </c>
+      <c r="F65" s="2">
+        <v>45600</v>
+      </c>
+      <c r="G65">
+        <v>300</v>
+      </c>
+      <c r="H65">
+        <v>312</v>
+      </c>
+      <c r="I65">
+        <v>41.171085130000002</v>
+      </c>
+      <c r="J65">
+        <v>-73.159939469999998</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10">
       <c r="A66" t="s">
         <v>117</v>
       </c>
       <c r="B66">
-        <v>433</v>
-[...2 lines deleted...]
-        <v>633</v>
+        <v>2636</v>
+      </c>
+      <c r="C66" t="s">
+        <v>24</v>
       </c>
       <c r="D66" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="E66" t="s">
-        <v>40</v>
-[...8 lines deleted...]
-    <row r="67" spans="1:7">
+        <v>19</v>
+      </c>
+      <c r="F66" s="2">
+        <v>45600</v>
+      </c>
+      <c r="G66">
+        <v>240</v>
+      </c>
+      <c r="H66">
+        <v>240</v>
+      </c>
+      <c r="I66">
+        <v>41.171851310000001</v>
+      </c>
+      <c r="J66">
+        <v>-73.158826809999994</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10">
       <c r="A67" t="s">
         <v>118</v>
       </c>
       <c r="B67">
-        <v>900</v>
-[...2 lines deleted...]
-        <v>1520</v>
+        <v>1695</v>
+      </c>
+      <c r="C67" t="s">
+        <v>27</v>
       </c>
       <c r="D67" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E67" t="s">
-        <v>44</v>
-[...8 lines deleted...]
-    <row r="68" spans="1:7">
+        <v>19</v>
+      </c>
+      <c r="F67" s="2">
+        <v>45447</v>
+      </c>
+      <c r="G67">
+        <v>36.287999999999997</v>
+      </c>
+      <c r="H67">
+        <v>36.287999999999997</v>
+      </c>
+      <c r="I67">
+        <v>41.368024990000002</v>
+      </c>
+      <c r="J67">
+        <v>-72.919265120000006</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10">
       <c r="A68" t="s">
         <v>119</v>
       </c>
       <c r="B68">
-        <v>960</v>
-[...2 lines deleted...]
-        <v>1543</v>
+        <v>1706</v>
+      </c>
+      <c r="C68" t="s">
+        <v>69</v>
       </c>
       <c r="D68" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="E68" t="s">
-        <v>48</v>
-[...8 lines deleted...]
-    <row r="69" spans="1:7">
+        <v>19</v>
+      </c>
+      <c r="F68" s="2">
+        <v>45455</v>
+      </c>
+      <c r="G68">
+        <v>120</v>
+      </c>
+      <c r="H68">
+        <v>120</v>
+      </c>
+      <c r="I68">
+        <v>41.280067029999998</v>
+      </c>
+      <c r="J68">
+        <v>-72.880766100000002</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10">
       <c r="A69" t="s">
         <v>120</v>
       </c>
       <c r="B69">
-        <v>4250</v>
-[...1 lines deleted...]
-      <c r="C69">
+        <v>514</v>
+      </c>
+      <c r="C69" t="s">
+        <v>121</v>
+      </c>
+      <c r="D69" t="s">
+        <v>100</v>
+      </c>
+      <c r="E69" t="s">
+        <v>19</v>
+      </c>
+      <c r="F69" s="2">
+        <v>45460</v>
+      </c>
+      <c r="G69">
+        <v>2125</v>
+      </c>
+      <c r="H69">
+        <v>2125</v>
+      </c>
+      <c r="I69">
+        <v>41.302676920000003</v>
+      </c>
+      <c r="J69">
+        <v>-73.148485899999997</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10">
+      <c r="A70" t="s">
+        <v>122</v>
+      </c>
+      <c r="B70">
+        <v>1648</v>
+      </c>
+      <c r="C70" t="s">
+        <v>89</v>
+      </c>
+      <c r="D70" t="s">
+        <v>28</v>
+      </c>
+      <c r="E70" t="s">
+        <v>19</v>
+      </c>
+      <c r="F70" s="2">
+        <v>45470</v>
+      </c>
+      <c r="G70">
+        <v>400</v>
+      </c>
+      <c r="H70">
+        <v>400</v>
+      </c>
+      <c r="I70">
+        <v>41.33695195</v>
+      </c>
+      <c r="J70">
+        <v>-72.896484119999997</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10">
+      <c r="A71" t="s">
+        <v>123</v>
+      </c>
+      <c r="B71">
+        <v>1648</v>
+      </c>
+      <c r="C71" t="s">
+        <v>89</v>
+      </c>
+      <c r="D71" t="s">
+        <v>28</v>
+      </c>
+      <c r="E71" t="s">
+        <v>19</v>
+      </c>
+      <c r="F71" s="2">
+        <v>45471</v>
+      </c>
+      <c r="G71">
+        <v>450</v>
+      </c>
+      <c r="H71">
+        <v>450</v>
+      </c>
+      <c r="I71">
+        <v>41.336934839999998</v>
+      </c>
+      <c r="J71">
+        <v>-72.896458289999998</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10">
+      <c r="A72" t="s">
+        <v>124</v>
+      </c>
+      <c r="B72">
+        <v>3677</v>
+      </c>
+      <c r="C72" t="s">
+        <v>17</v>
+      </c>
+      <c r="D72" t="s">
+        <v>18</v>
+      </c>
+      <c r="E72" t="s">
+        <v>19</v>
+      </c>
+      <c r="F72" s="2">
+        <v>45484</v>
+      </c>
+      <c r="G72">
+        <v>3900</v>
+      </c>
+      <c r="I72">
+        <v>41.345944490000001</v>
+      </c>
+      <c r="J72">
+        <v>-73.07968631</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10">
+      <c r="A73" t="s">
+        <v>125</v>
+      </c>
+      <c r="B73">
+        <v>2685</v>
+      </c>
+      <c r="C73" t="s">
+        <v>126</v>
+      </c>
+      <c r="D73" t="s">
+        <v>14</v>
+      </c>
+      <c r="E73" t="s">
+        <v>19</v>
+      </c>
+      <c r="F73" s="2">
+        <v>45517</v>
+      </c>
+      <c r="G73">
+        <v>680</v>
+      </c>
+      <c r="I73">
+        <v>41.212542290000002</v>
+      </c>
+      <c r="J73">
+        <v>-73.230430870000006</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10">
+      <c r="A74" t="s">
+        <v>127</v>
+      </c>
+      <c r="B74">
+        <v>2685</v>
+      </c>
+      <c r="C74" t="s">
+        <v>126</v>
+      </c>
+      <c r="D74" t="s">
+        <v>14</v>
+      </c>
+      <c r="E74" t="s">
+        <v>19</v>
+      </c>
+      <c r="F74" s="2">
+        <v>45517</v>
+      </c>
+      <c r="G74">
+        <v>210</v>
+      </c>
+      <c r="H74">
+        <v>210</v>
+      </c>
+      <c r="I74">
+        <v>41.212706300000001</v>
+      </c>
+      <c r="J74">
+        <v>-73.23054535</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10">
+      <c r="A75" t="s">
+        <v>128</v>
+      </c>
+      <c r="B75">
+        <v>2640</v>
+      </c>
+      <c r="C75" t="s">
+        <v>24</v>
+      </c>
+      <c r="D75" t="s">
+        <v>25</v>
+      </c>
+      <c r="E75" t="s">
+        <v>19</v>
+      </c>
+      <c r="F75" s="2">
+        <v>45496</v>
+      </c>
+      <c r="G75">
+        <v>112.5</v>
+      </c>
+      <c r="H75">
+        <v>112.5</v>
+      </c>
+      <c r="I75">
+        <v>41.185960000000001</v>
+      </c>
+      <c r="J75">
+        <v>-73.133260000000007</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10">
+      <c r="A76" t="s">
+        <v>129</v>
+      </c>
+      <c r="B76">
+        <v>1851</v>
+      </c>
+      <c r="C76" t="s">
+        <v>54</v>
+      </c>
+      <c r="D76" t="s">
+        <v>22</v>
+      </c>
+      <c r="E76" t="s">
+        <v>19</v>
+      </c>
+      <c r="F76" s="2">
+        <v>45504</v>
+      </c>
+      <c r="G76">
+        <v>50</v>
+      </c>
+      <c r="H76">
+        <v>50</v>
+      </c>
+      <c r="I76">
+        <v>41.304364</v>
+      </c>
+      <c r="J76">
+        <v>-72.923519999999996</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10">
+      <c r="A77" t="s">
+        <v>130</v>
+      </c>
+      <c r="B77">
+        <v>2550</v>
+      </c>
+      <c r="C77" t="s">
+        <v>56</v>
+      </c>
+      <c r="D77" t="s">
+        <v>14</v>
+      </c>
+      <c r="E77" t="s">
+        <v>19</v>
+      </c>
+      <c r="F77" s="2">
+        <v>45531</v>
+      </c>
+      <c r="G77">
+        <v>200</v>
+      </c>
+      <c r="H77">
+        <v>200</v>
+      </c>
+      <c r="I77">
+        <v>41.176855639999999</v>
+      </c>
+      <c r="J77">
+        <v>-73.221709939999997</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10">
+      <c r="A78" t="s">
+        <v>131</v>
+      </c>
+      <c r="B78">
+        <v>1702</v>
+      </c>
+      <c r="C78" t="s">
+        <v>69</v>
+      </c>
+      <c r="D78" t="s">
+        <v>42</v>
+      </c>
+      <c r="E78" t="s">
+        <v>19</v>
+      </c>
+      <c r="F78" s="2">
+        <v>45555</v>
+      </c>
+      <c r="G78">
+        <v>200</v>
+      </c>
+      <c r="H78">
+        <v>200</v>
+      </c>
+      <c r="I78">
+        <v>41.285945599999998</v>
+      </c>
+      <c r="J78">
+        <v>-72.865560529999996</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10">
+      <c r="A79" t="s">
+        <v>132</v>
+      </c>
+      <c r="B79">
+        <v>1684</v>
+      </c>
+      <c r="C79" t="s">
+        <v>27</v>
+      </c>
+      <c r="D79" t="s">
+        <v>28</v>
+      </c>
+      <c r="E79" t="s">
+        <v>19</v>
+      </c>
+      <c r="F79" s="2">
+        <v>45573</v>
+      </c>
+      <c r="G79">
+        <v>200</v>
+      </c>
+      <c r="H79">
+        <v>200</v>
+      </c>
+      <c r="I79">
+        <v>41.357115239999999</v>
+      </c>
+      <c r="J79">
+        <v>-72.926160820000007</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10">
+      <c r="A80" t="s">
+        <v>133</v>
+      </c>
+      <c r="B80">
+        <v>1545</v>
+      </c>
+      <c r="C80" t="s">
+        <v>35</v>
+      </c>
+      <c r="D80" t="s">
+        <v>36</v>
+      </c>
+      <c r="E80" t="s">
+        <v>19</v>
+      </c>
+      <c r="F80" s="2">
+        <v>45533</v>
+      </c>
+      <c r="G80">
+        <v>200</v>
+      </c>
+      <c r="I80">
+        <v>41.321891999999998</v>
+      </c>
+      <c r="J80">
+        <v>-72.772041000000002</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10">
+      <c r="A81" t="s">
+        <v>134</v>
+      </c>
+      <c r="B81">
+        <v>2538</v>
+      </c>
+      <c r="C81" t="s">
+        <v>56</v>
+      </c>
+      <c r="D81" t="s">
+        <v>14</v>
+      </c>
+      <c r="E81" t="s">
+        <v>19</v>
+      </c>
+      <c r="F81" s="2">
+        <v>45546</v>
+      </c>
+      <c r="G81">
+        <v>43.2</v>
+      </c>
+      <c r="I81">
+        <v>41.189706459999996</v>
+      </c>
+      <c r="J81">
+        <v>-73.207353699999999</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10">
+      <c r="A82" t="s">
+        <v>135</v>
+      </c>
+      <c r="B82">
+        <v>1640</v>
+      </c>
+      <c r="C82" t="s">
+        <v>89</v>
+      </c>
+      <c r="D82" t="s">
+        <v>52</v>
+      </c>
+      <c r="E82" t="s">
+        <v>19</v>
+      </c>
+      <c r="F82" s="2">
+        <v>45692</v>
+      </c>
+      <c r="G82">
+        <v>150</v>
+      </c>
+      <c r="I82">
+        <v>41.364835939999999</v>
+      </c>
+      <c r="J82">
+        <v>-72.863384409999995</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10">
+      <c r="A83" t="s">
+        <v>136</v>
+      </c>
+      <c r="B83">
+        <v>2635</v>
+      </c>
+      <c r="C83" t="s">
+        <v>24</v>
+      </c>
+      <c r="D83" t="s">
+        <v>25</v>
+      </c>
+      <c r="E83" t="s">
+        <v>19</v>
+      </c>
+      <c r="F83" s="2">
+        <v>45569</v>
+      </c>
+      <c r="G83">
+        <v>29</v>
+      </c>
+      <c r="H83">
+        <v>29</v>
+      </c>
+      <c r="I83">
+        <v>41.171725860000002</v>
+      </c>
+      <c r="J83">
+        <v>-73.147227169999994</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10">
+      <c r="A84" t="s">
+        <v>137</v>
+      </c>
+      <c r="B84">
+        <v>3671</v>
+      </c>
+      <c r="C84" t="s">
+        <v>17</v>
+      </c>
+      <c r="D84" t="s">
+        <v>18</v>
+      </c>
+      <c r="E84" t="s">
+        <v>19</v>
+      </c>
+      <c r="F84" s="2">
+        <v>45575</v>
+      </c>
+      <c r="G84">
+        <v>100</v>
+      </c>
+      <c r="H84">
+        <v>100</v>
+      </c>
+      <c r="I84">
+        <v>41.336864319999997</v>
+      </c>
+      <c r="J84">
+        <v>-73.084314269999993</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10">
+      <c r="A85" t="s">
+        <v>138</v>
+      </c>
+      <c r="B85">
+        <v>1690</v>
+      </c>
+      <c r="C85" t="s">
+        <v>27</v>
+      </c>
+      <c r="D85" t="s">
+        <v>28</v>
+      </c>
+      <c r="E85" t="s">
+        <v>19</v>
+      </c>
+      <c r="F85" s="2">
+        <v>45587</v>
+      </c>
+      <c r="G85">
+        <v>140</v>
+      </c>
+      <c r="H85">
+        <v>140</v>
+      </c>
+      <c r="I85">
+        <v>41.380791899999998</v>
+      </c>
+      <c r="J85">
+        <v>-72.916081719999994</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10">
+      <c r="A86" t="s">
+        <v>139</v>
+      </c>
+      <c r="B86">
+        <v>3633</v>
+      </c>
+      <c r="C86" t="s">
+        <v>74</v>
+      </c>
+      <c r="D86" t="s">
+        <v>75</v>
+      </c>
+      <c r="E86" t="s">
+        <v>19</v>
+      </c>
+      <c r="F86" s="2">
+        <v>45677</v>
+      </c>
+      <c r="G86">
+        <v>160</v>
+      </c>
+      <c r="H86">
+        <v>160</v>
+      </c>
+      <c r="I86">
+        <v>41.22469692</v>
+      </c>
+      <c r="J86">
+        <v>-73.04657804</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10">
+      <c r="A87" t="s">
+        <v>140</v>
+      </c>
+      <c r="B87">
+        <v>2660</v>
+      </c>
+      <c r="C87" t="s">
+        <v>50</v>
+      </c>
+      <c r="D87" t="s">
+        <v>141</v>
+      </c>
+      <c r="E87" t="s">
+        <v>19</v>
+      </c>
+      <c r="F87" s="2">
+        <v>45849</v>
+      </c>
+      <c r="G87">
+        <v>150</v>
+      </c>
+      <c r="I87">
+        <v>41.229128969999998</v>
+      </c>
+      <c r="J87">
+        <v>-73.199156060000007</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10">
+      <c r="A88" t="s">
+        <v>142</v>
+      </c>
+      <c r="B88">
+        <v>1694</v>
+      </c>
+      <c r="C88" t="s">
+        <v>27</v>
+      </c>
+      <c r="D88" t="s">
+        <v>28</v>
+      </c>
+      <c r="E88" t="s">
+        <v>19</v>
+      </c>
+      <c r="F88" s="2">
+        <v>45687</v>
+      </c>
+      <c r="G88">
+        <v>75</v>
+      </c>
+      <c r="H88">
+        <v>75</v>
+      </c>
+      <c r="I88">
+        <v>41.365032339999999</v>
+      </c>
+      <c r="J88">
+        <v>-72.922850420000003</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10">
+      <c r="A89" t="s">
+        <v>143</v>
+      </c>
+      <c r="B89">
+        <v>1542</v>
+      </c>
+      <c r="C89" t="s">
+        <v>35</v>
+      </c>
+      <c r="D89" t="s">
+        <v>144</v>
+      </c>
+      <c r="E89" t="s">
+        <v>19</v>
+      </c>
+      <c r="F89" s="2">
+        <v>45687</v>
+      </c>
+      <c r="G89">
+        <v>4980</v>
+      </c>
+      <c r="H89">
+        <v>4980</v>
+      </c>
+      <c r="I89">
+        <v>41.371872260000004</v>
+      </c>
+      <c r="J89">
+        <v>-72.826279869999993</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10">
+      <c r="A90" t="s">
+        <v>145</v>
+      </c>
+      <c r="B90">
+        <v>1913</v>
+      </c>
+      <c r="C90" t="s">
+        <v>39</v>
+      </c>
+      <c r="D90" t="s">
+        <v>22</v>
+      </c>
+      <c r="E90" t="s">
+        <v>19</v>
+      </c>
+      <c r="F90" s="2">
+        <v>45720</v>
+      </c>
+      <c r="G90">
+        <v>200</v>
+      </c>
+      <c r="I90">
+        <v>41.323632439999997</v>
+      </c>
+      <c r="J90">
+        <v>-72.928175240000002</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10">
+      <c r="A91" t="s">
+        <v>146</v>
+      </c>
+      <c r="B91">
+        <v>1541</v>
+      </c>
+      <c r="C91" t="s">
+        <v>35</v>
+      </c>
+      <c r="D91" t="s">
+        <v>22</v>
+      </c>
+      <c r="E91" t="s">
+        <v>19</v>
+      </c>
+      <c r="F91" s="2">
+        <v>45709</v>
+      </c>
+      <c r="G91">
+        <v>966</v>
+      </c>
+      <c r="I91">
+        <v>41.32148127</v>
+      </c>
+      <c r="J91">
+        <v>-72.88140267</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10">
+      <c r="A92" t="s">
+        <v>147</v>
+      </c>
+      <c r="B92">
+        <v>2644</v>
+      </c>
+      <c r="C92" t="s">
+        <v>24</v>
+      </c>
+      <c r="D92" t="s">
+        <v>14</v>
+      </c>
+      <c r="E92" t="s">
+        <v>19</v>
+      </c>
+      <c r="F92" s="2">
+        <v>45693</v>
+      </c>
+      <c r="G92">
+        <v>4999</v>
+      </c>
+      <c r="I92">
+        <v>41.205604999999998</v>
+      </c>
+      <c r="J92">
+        <v>-73.166492000000005</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10">
+      <c r="A93" t="s">
+        <v>148</v>
+      </c>
+      <c r="B93">
+        <v>3657</v>
+      </c>
+      <c r="C93" t="s">
+        <v>44</v>
+      </c>
+      <c r="D93" t="s">
+        <v>75</v>
+      </c>
+      <c r="E93" t="s">
+        <v>19</v>
+      </c>
+      <c r="F93" s="2">
+        <v>45702</v>
+      </c>
+      <c r="G93">
+        <v>225</v>
+      </c>
+      <c r="I93">
+        <v>41.233346840000003</v>
+      </c>
+      <c r="J93">
+        <v>-73.044939339999999</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10">
+      <c r="A94" t="s">
+        <v>149</v>
+      </c>
+      <c r="B94">
+        <v>2548</v>
+      </c>
+      <c r="C94" t="s">
+        <v>56</v>
+      </c>
+      <c r="D94" t="s">
+        <v>14</v>
+      </c>
+      <c r="E94" t="s">
+        <v>19</v>
+      </c>
+      <c r="F94" s="2">
+        <v>45729</v>
+      </c>
+      <c r="G94">
+        <v>950</v>
+      </c>
+      <c r="I94">
+        <v>41.202572080000003</v>
+      </c>
+      <c r="J94">
+        <v>-73.175600590000002</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10">
+      <c r="A95" t="s">
+        <v>150</v>
+      </c>
+      <c r="B95">
+        <v>1602</v>
+      </c>
+      <c r="C95" t="s">
+        <v>92</v>
+      </c>
+      <c r="D95" t="s">
+        <v>100</v>
+      </c>
+      <c r="E95" t="s">
+        <v>19</v>
+      </c>
+      <c r="F95" s="2">
+        <v>45706</v>
+      </c>
+      <c r="G95">
+        <v>121</v>
+      </c>
+      <c r="H95">
+        <v>75</v>
+      </c>
+      <c r="I95">
+        <v>41.347140940000003</v>
+      </c>
+      <c r="J95">
+        <v>-72.975852630000006</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10">
+      <c r="A96" t="s">
+        <v>151</v>
+      </c>
+      <c r="B96">
         <v>1608</v>
       </c>
-      <c r="D69" t="s">
-[...5 lines deleted...]
-      <c r="F69" t="s">
+      <c r="C96" t="s">
+        <v>92</v>
+      </c>
+      <c r="D96" t="s">
+        <v>52</v>
+      </c>
+      <c r="E96" t="s">
+        <v>19</v>
+      </c>
+      <c r="F96" s="2">
+        <v>45736</v>
+      </c>
+      <c r="G96">
+        <v>3525</v>
+      </c>
+      <c r="I96">
+        <v>41.347761470000002</v>
+      </c>
+      <c r="J96">
+        <v>-73.024903320000007</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10">
+      <c r="A97" t="s">
+        <v>152</v>
+      </c>
+      <c r="B97">
+        <v>2631</v>
+      </c>
+      <c r="C97" t="s">
+        <v>24</v>
+      </c>
+      <c r="D97" t="s">
+        <v>25</v>
+      </c>
+      <c r="E97" t="s">
+        <v>19</v>
+      </c>
+      <c r="F97" s="2">
+        <v>45730</v>
+      </c>
+      <c r="G97">
+        <v>50</v>
+      </c>
+      <c r="I97">
+        <v>41.184400619999998</v>
+      </c>
+      <c r="J97">
+        <v>-73.146161430000006</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10">
+      <c r="A98" t="s">
+        <v>153</v>
+      </c>
+      <c r="B98">
+        <v>2802</v>
+      </c>
+      <c r="C98" t="s">
+        <v>47</v>
+      </c>
+      <c r="D98" t="s">
+        <v>154</v>
+      </c>
+      <c r="E98" t="s">
+        <v>19</v>
+      </c>
+      <c r="F98" s="2">
+        <v>45758</v>
+      </c>
+      <c r="G98">
+        <v>31.52</v>
+      </c>
+      <c r="I98">
+        <v>41.263762509999999</v>
+      </c>
+      <c r="J98">
+        <v>-73.169815400000005</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10">
+      <c r="A99" t="s">
+        <v>155</v>
+      </c>
+      <c r="B99">
+        <v>2507</v>
+      </c>
+      <c r="C99" t="s">
+        <v>13</v>
+      </c>
+      <c r="D99" t="s">
         <v>14</v>
       </c>
-      <c r="G69" s="1">
-[...16 lines deleted...]
-      <c r="E70" t="s">
+      <c r="E99" t="s">
+        <v>19</v>
+      </c>
+      <c r="F99" s="2">
+        <v>45770</v>
+      </c>
+      <c r="G99">
+        <v>100</v>
+      </c>
+      <c r="I99">
+        <v>41.171408829999997</v>
+      </c>
+      <c r="J99">
+        <v>-73.188073250000002</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10">
+      <c r="A100" t="s">
+        <v>156</v>
+      </c>
+      <c r="B100">
+        <v>3653</v>
+      </c>
+      <c r="C100" t="s">
+        <v>44</v>
+      </c>
+      <c r="D100" t="s">
+        <v>45</v>
+      </c>
+      <c r="E100" t="s">
+        <v>19</v>
+      </c>
+      <c r="F100" s="2">
+        <v>45792</v>
+      </c>
+      <c r="G100">
+        <v>175</v>
+      </c>
+      <c r="I100">
+        <v>41.251691119999997</v>
+      </c>
+      <c r="J100">
+        <v>-73.016728380000004</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10">
+      <c r="A101" t="s">
+        <v>157</v>
+      </c>
+      <c r="B101">
+        <v>3543</v>
+      </c>
+      <c r="C101" t="s">
+        <v>79</v>
+      </c>
+      <c r="D101" t="s">
         <v>48</v>
       </c>
-      <c r="F70" t="s">
-[...108 lines deleted...]
-      <c r="D75" t="s">
+      <c r="E101" t="s">
+        <v>19</v>
+      </c>
+      <c r="F101" s="2">
+        <v>45813</v>
+      </c>
+      <c r="G101">
+        <v>100</v>
+      </c>
+      <c r="I101">
+        <v>41.264425940000002</v>
+      </c>
+      <c r="J101">
+        <v>-73.09311099</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10">
+      <c r="A102" t="s">
+        <v>158</v>
+      </c>
+      <c r="B102">
+        <v>1647</v>
+      </c>
+      <c r="C102" t="s">
+        <v>89</v>
+      </c>
+      <c r="D102" t="s">
+        <v>52</v>
+      </c>
+      <c r="E102" t="s">
+        <v>19</v>
+      </c>
+      <c r="F102" s="2">
+        <v>45792</v>
+      </c>
+      <c r="G102">
+        <v>196</v>
+      </c>
+      <c r="I102">
+        <v>41.347339210000001</v>
+      </c>
+      <c r="J102">
+        <v>-72.869618529999997</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10">
+      <c r="A103" t="s">
+        <v>159</v>
+      </c>
+      <c r="B103">
+        <v>1689</v>
+      </c>
+      <c r="C103" t="s">
+        <v>27</v>
+      </c>
+      <c r="D103" t="s">
         <v>28</v>
       </c>
-      <c r="E75" t="s">
-[...315 lines deleted...]
-      <c r="D89" t="s">
+      <c r="E103" t="s">
+        <v>15</v>
+      </c>
+      <c r="F103" s="2">
+        <v>45845</v>
+      </c>
+      <c r="G103">
+        <v>1000</v>
+      </c>
+      <c r="I103">
+        <v>41.417585389999999</v>
+      </c>
+      <c r="J103">
+        <v>-72.897448269999998</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10">
+      <c r="A104" t="s">
+        <v>160</v>
+      </c>
+      <c r="B104">
+        <v>1758</v>
+      </c>
+      <c r="C104" t="s">
+        <v>33</v>
+      </c>
+      <c r="D104" t="s">
+        <v>52</v>
+      </c>
+      <c r="E104" t="s">
+        <v>15</v>
+      </c>
+      <c r="F104" s="2">
+        <v>45845</v>
+      </c>
+      <c r="G104">
+        <v>920</v>
+      </c>
+      <c r="I104">
+        <v>41.414762469999999</v>
+      </c>
+      <c r="J104">
+        <v>-72.83650548</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10">
+      <c r="A105" t="s">
+        <v>161</v>
+      </c>
+      <c r="B105">
+        <v>1685</v>
+      </c>
+      <c r="C105" t="s">
+        <v>27</v>
+      </c>
+      <c r="D105" t="s">
         <v>28</v>
       </c>
-      <c r="E89" t="s">
-[...366 lines deleted...]
-      </c>
       <c r="E105" t="s">
-        <v>161</v>
-[...8 lines deleted...]
-    <row r="106" spans="1:7">
+        <v>15</v>
+      </c>
+      <c r="F105" s="2">
+        <v>45845</v>
+      </c>
+      <c r="G105">
+        <v>920</v>
+      </c>
+      <c r="I105">
+        <v>41.41780275</v>
+      </c>
+      <c r="J105">
+        <v>-72.910513039999998</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10">
       <c r="A106" t="s">
         <v>162</v>
       </c>
       <c r="B106">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>1602</v>
+        <v>1697</v>
+      </c>
+      <c r="C106" t="s">
+        <v>27</v>
       </c>
       <c r="D106" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="E106" t="s">
-        <v>109</v>
-[...8 lines deleted...]
-    <row r="107" spans="1:7">
+        <v>19</v>
+      </c>
+      <c r="F106" s="2">
+        <v>45792</v>
+      </c>
+      <c r="G106">
+        <v>100</v>
+      </c>
+      <c r="I106">
+        <v>41.431949170000003</v>
+      </c>
+      <c r="J106">
+        <v>-72.925464430000005</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10">
       <c r="A107" t="s">
         <v>163</v>
       </c>
       <c r="B107">
-        <v>3525</v>
-[...2 lines deleted...]
-        <v>1645</v>
+        <v>1692</v>
+      </c>
+      <c r="C107" t="s">
+        <v>27</v>
       </c>
       <c r="D107" t="s">
-        <v>98</v>
+        <v>28</v>
       </c>
       <c r="E107" t="s">
-        <v>58</v>
-[...8 lines deleted...]
-    <row r="108" spans="1:7">
+        <v>19</v>
+      </c>
+      <c r="F107" s="2">
+        <v>45792</v>
+      </c>
+      <c r="G107">
+        <v>75</v>
+      </c>
+      <c r="I107">
+        <v>41.36575294</v>
+      </c>
+      <c r="J107">
+        <v>-72.939587220000007</v>
+      </c>
+    </row>
+    <row r="108" spans="1:10">
       <c r="A108" t="s">
         <v>164</v>
       </c>
       <c r="B108">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>2631</v>
+        <v>1529</v>
+      </c>
+      <c r="C108" t="s">
+        <v>21</v>
       </c>
       <c r="D108" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E108" t="s">
-        <v>26</v>
-[...8 lines deleted...]
-    <row r="109" spans="1:7">
+        <v>19</v>
+      </c>
+      <c r="F108" s="2">
+        <v>45778</v>
+      </c>
+      <c r="G108">
+        <v>1824.4</v>
+      </c>
+      <c r="I108">
+        <v>41.296341720000001</v>
+      </c>
+      <c r="J108">
+        <v>-72.918931069999999</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10">
       <c r="A109" t="s">
         <v>165</v>
       </c>
       <c r="B109">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>2507</v>
+        <v>2516</v>
+      </c>
+      <c r="C109" t="s">
+        <v>13</v>
       </c>
       <c r="D109" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E109" t="s">
-        <v>9</v>
-[...8 lines deleted...]
-    <row r="110" spans="1:7">
+        <v>19</v>
+      </c>
+      <c r="F109" s="2">
+        <v>45783</v>
+      </c>
+      <c r="G109">
+        <v>318.97500000000002</v>
+      </c>
+      <c r="I109">
+        <v>41.167110049999998</v>
+      </c>
+      <c r="J109">
+        <v>-73.199766699999998</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10">
       <c r="A110" t="s">
         <v>166</v>
       </c>
       <c r="B110">
-        <v>175</v>
-[...2 lines deleted...]
-        <v>3653</v>
+        <v>1695</v>
+      </c>
+      <c r="C110" t="s">
+        <v>27</v>
       </c>
       <c r="D110" t="s">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="E110" t="s">
-        <v>51</v>
-[...4 lines deleted...]
-      <c r="G110" s="1">
+        <v>15</v>
+      </c>
+      <c r="F110" s="2">
         <v>45792</v>
       </c>
-    </row>
-    <row r="111" spans="1:7">
+      <c r="G110">
+        <v>460</v>
+      </c>
+      <c r="I110">
+        <v>41.368317009999998</v>
+      </c>
+      <c r="J110">
+        <v>-72.922306259999999</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10">
       <c r="A111" t="s">
         <v>167</v>
       </c>
       <c r="B111">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="C111">
         <v>3543</v>
       </c>
+      <c r="C111" t="s">
+        <v>79</v>
+      </c>
       <c r="D111" t="s">
-        <v>89</v>
+        <v>48</v>
       </c>
       <c r="E111" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      <c r="G111" s="1">
+        <v>19</v>
+      </c>
+      <c r="F111" s="2">
         <v>45813</v>
       </c>
-    </row>
-    <row r="112" spans="1:7">
+      <c r="G111">
+        <v>200</v>
+      </c>
+      <c r="I111">
+        <v>41.264841449999999</v>
+      </c>
+      <c r="J111">
+        <v>-73.090604529999993</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10">
       <c r="A112" t="s">
         <v>168</v>
       </c>
       <c r="B112">
-        <v>196</v>
-[...2 lines deleted...]
-        <v>3653</v>
+        <v>2507</v>
+      </c>
+      <c r="C112" t="s">
+        <v>13</v>
       </c>
       <c r="D112" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="E112" t="s">
-        <v>82</v>
-[...8 lines deleted...]
-    <row r="113" spans="1:7">
+        <v>19</v>
+      </c>
+      <c r="F112" s="2">
+        <v>45839</v>
+      </c>
+      <c r="G112">
+        <v>200</v>
+      </c>
+      <c r="I112">
+        <v>41.169989200000003</v>
+      </c>
+      <c r="J112">
+        <v>-73.188259500000001</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10">
       <c r="A113" t="s">
         <v>169</v>
       </c>
       <c r="B113">
-        <v>1000</v>
-[...2 lines deleted...]
-        <v>1689</v>
+        <v>2640</v>
+      </c>
+      <c r="C113" t="s">
+        <v>24</v>
       </c>
       <c r="D113" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E113" t="s">
-        <v>29</v>
-[...8 lines deleted...]
-    <row r="114" spans="1:7">
+        <v>19</v>
+      </c>
+      <c r="F113" s="2">
+        <v>45828</v>
+      </c>
+      <c r="G113">
+        <v>34.6</v>
+      </c>
+      <c r="I113">
+        <v>41.187202739999996</v>
+      </c>
+      <c r="J113">
+        <v>-73.131886820000005</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10">
       <c r="A114" t="s">
         <v>170</v>
       </c>
       <c r="B114">
-        <v>920</v>
-[...2 lines deleted...]
-        <v>1758</v>
+        <v>533</v>
+      </c>
+      <c r="C114" t="s">
+        <v>56</v>
       </c>
       <c r="D114" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="E114" t="s">
-        <v>82</v>
-[...8 lines deleted...]
-    <row r="115" spans="1:7">
+        <v>19</v>
+      </c>
+      <c r="F114" s="2">
+        <v>45833</v>
+      </c>
+      <c r="G114">
+        <v>200</v>
+      </c>
+      <c r="I114">
+        <v>41.181023799999998</v>
+      </c>
+      <c r="J114">
+        <v>-73.169053840000004</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10">
       <c r="A115" t="s">
         <v>171</v>
       </c>
-      <c r="B115">
-[...3 lines deleted...]
-        <v>1685</v>
+      <c r="B115" t="s">
+        <v>172</v>
+      </c>
+      <c r="C115" t="s">
+        <v>54</v>
       </c>
       <c r="D115" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="E115" t="s">
-        <v>29</v>
-[...8 lines deleted...]
-    <row r="116" spans="1:7">
+        <v>96</v>
+      </c>
+      <c r="F115" s="2">
+        <v>45835</v>
+      </c>
+      <c r="G115">
+        <v>35</v>
+      </c>
+      <c r="I115">
+        <v>41.306920990000002</v>
+      </c>
+      <c r="J115">
+        <v>-72.934256059999996</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10">
       <c r="A116" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B116">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>1697</v>
+        <v>3631</v>
+      </c>
+      <c r="C116" t="s">
+        <v>74</v>
       </c>
       <c r="D116" t="s">
-        <v>28</v>
+        <v>75</v>
       </c>
       <c r="E116" t="s">
-        <v>29</v>
-[...8 lines deleted...]
-    <row r="117" spans="1:7">
+        <v>19</v>
+      </c>
+      <c r="F116" s="2">
+        <v>45846</v>
+      </c>
+      <c r="G116">
+        <v>80</v>
+      </c>
+      <c r="I116">
+        <v>41.229974370000001</v>
+      </c>
+      <c r="J116">
+        <v>-73.064933049999993</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10">
       <c r="A117" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B117">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>1692</v>
+        <v>1690</v>
+      </c>
+      <c r="C117" t="s">
+        <v>27</v>
       </c>
       <c r="D117" t="s">
         <v>28</v>
       </c>
       <c r="E117" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="F117" t="s">
+        <v>19</v>
+      </c>
+      <c r="F117" s="2">
+        <v>45852</v>
+      </c>
+      <c r="G117">
+        <v>167.3</v>
+      </c>
+      <c r="I117">
+        <v>41.381189939999999</v>
+      </c>
+      <c r="J117">
+        <v>-72.916483420000006</v>
+      </c>
+    </row>
+    <row r="118" spans="1:10">
+      <c r="A118" t="s">
+        <v>175</v>
+      </c>
+      <c r="B118">
+        <v>3659</v>
+      </c>
+      <c r="C118" t="s">
+        <v>44</v>
+      </c>
+      <c r="D118" t="s">
+        <v>75</v>
+      </c>
+      <c r="E118" t="s">
+        <v>19</v>
+      </c>
+      <c r="F118" s="2">
+        <v>45860</v>
+      </c>
+      <c r="G118">
+        <v>966</v>
+      </c>
+      <c r="I118">
+        <v>41.233176720000003</v>
+      </c>
+      <c r="J118">
+        <v>-73.02245585</v>
+      </c>
+    </row>
+    <row r="119" spans="1:10">
+      <c r="A119" t="s">
+        <v>176</v>
+      </c>
+      <c r="B119">
+        <v>3675</v>
+      </c>
+      <c r="C119" t="s">
+        <v>17</v>
+      </c>
+      <c r="D119" t="s">
+        <v>177</v>
+      </c>
+      <c r="E119" t="s">
+        <v>19</v>
+      </c>
+      <c r="F119" s="2">
+        <v>45860</v>
+      </c>
+      <c r="G119">
+        <v>966</v>
+      </c>
+      <c r="I119">
+        <v>41.314685220000001</v>
+      </c>
+      <c r="J119">
+        <v>-73.059340719999994</v>
+      </c>
+    </row>
+    <row r="120" spans="1:10">
+      <c r="A120" t="s">
+        <v>178</v>
+      </c>
+      <c r="B120" t="s">
+        <v>179</v>
+      </c>
+      <c r="C120" t="s">
+        <v>39</v>
+      </c>
+      <c r="D120" t="s">
+        <v>22</v>
+      </c>
+      <c r="E120" t="s">
+        <v>19</v>
+      </c>
+      <c r="F120" s="2">
+        <v>45930</v>
+      </c>
+      <c r="G120">
+        <v>292</v>
+      </c>
+      <c r="I120">
+        <v>41.32433915</v>
+      </c>
+      <c r="J120">
+        <v>-72.922892129999994</v>
+      </c>
+    </row>
+    <row r="121" spans="1:10">
+      <c r="A121" t="s">
+        <v>180</v>
+      </c>
+      <c r="B121">
+        <v>1695</v>
+      </c>
+      <c r="C121" t="s">
+        <v>27</v>
+      </c>
+      <c r="D121" t="s">
+        <v>28</v>
+      </c>
+      <c r="E121" t="s">
+        <v>19</v>
+      </c>
+      <c r="F121" s="2">
+        <v>45887</v>
+      </c>
+      <c r="G121">
+        <v>440</v>
+      </c>
+      <c r="I121">
+        <v>41.36947198</v>
+      </c>
+      <c r="J121">
+        <v>-72.920139329999998</v>
+      </c>
+    </row>
+    <row r="122" spans="1:10">
+      <c r="A122" t="s">
+        <v>181</v>
+      </c>
+      <c r="B122">
+        <v>3659</v>
+      </c>
+      <c r="C122" t="s">
+        <v>44</v>
+      </c>
+      <c r="D122" t="s">
+        <v>75</v>
+      </c>
+      <c r="E122" t="s">
+        <v>19</v>
+      </c>
+      <c r="F122" s="2">
+        <v>45867</v>
+      </c>
+      <c r="G122">
+        <v>540</v>
+      </c>
+      <c r="I122">
+        <v>41.250373289999999</v>
+      </c>
+      <c r="J122">
+        <v>-73.042104460000004</v>
+      </c>
+    </row>
+    <row r="123" spans="1:10">
+      <c r="A123" t="s">
+        <v>182</v>
+      </c>
+      <c r="B123">
+        <v>3671</v>
+      </c>
+      <c r="C123" t="s">
+        <v>17</v>
+      </c>
+      <c r="D123" t="s">
+        <v>18</v>
+      </c>
+      <c r="E123" t="s">
+        <v>19</v>
+      </c>
+      <c r="F123" s="2">
+        <v>45869</v>
+      </c>
+      <c r="G123">
+        <v>296</v>
+      </c>
+      <c r="I123">
+        <v>41.352814019999997</v>
+      </c>
+      <c r="J123">
+        <v>-73.100958340000005</v>
+      </c>
+    </row>
+    <row r="124" spans="1:10">
+      <c r="A124" t="s">
+        <v>183</v>
+      </c>
+      <c r="B124">
+        <v>3674</v>
+      </c>
+      <c r="C124" t="s">
+        <v>17</v>
+      </c>
+      <c r="D124" t="s">
+        <v>184</v>
+      </c>
+      <c r="E124" t="s">
+        <v>19</v>
+      </c>
+      <c r="F124" s="2">
+        <v>45868</v>
+      </c>
+      <c r="G124">
+        <v>2000</v>
+      </c>
+      <c r="I124">
+        <v>41.347748379999999</v>
+      </c>
+      <c r="J124">
+        <v>-73.119439330000006</v>
+      </c>
+    </row>
+    <row r="125" spans="1:10">
+      <c r="A125" t="s">
+        <v>185</v>
+      </c>
+      <c r="B125">
+        <v>3674</v>
+      </c>
+      <c r="C125" t="s">
+        <v>17</v>
+      </c>
+      <c r="D125" t="s">
+        <v>184</v>
+      </c>
+      <c r="E125" t="s">
+        <v>19</v>
+      </c>
+      <c r="F125" s="2">
+        <v>45868</v>
+      </c>
+      <c r="G125">
+        <v>2000</v>
+      </c>
+      <c r="I125">
+        <v>41.347748379999999</v>
+      </c>
+      <c r="J125">
+        <v>-73.119439330000006</v>
+      </c>
+    </row>
+    <row r="126" spans="1:10">
+      <c r="A126" t="s">
+        <v>186</v>
+      </c>
+      <c r="B126">
+        <v>3674</v>
+      </c>
+      <c r="C126" t="s">
+        <v>17</v>
+      </c>
+      <c r="D126" t="s">
+        <v>184</v>
+      </c>
+      <c r="E126" t="s">
+        <v>19</v>
+      </c>
+      <c r="F126" s="2">
+        <v>45868</v>
+      </c>
+      <c r="G126">
+        <v>2000</v>
+      </c>
+      <c r="I126">
+        <v>41.347748379999999</v>
+      </c>
+      <c r="J126">
+        <v>-73.119439330000006</v>
+      </c>
+    </row>
+    <row r="127" spans="1:10">
+      <c r="A127" t="s">
+        <v>187</v>
+      </c>
+      <c r="B127">
+        <v>3633</v>
+      </c>
+      <c r="C127" t="s">
+        <v>74</v>
+      </c>
+      <c r="D127" t="s">
+        <v>75</v>
+      </c>
+      <c r="E127" t="s">
+        <v>19</v>
+      </c>
+      <c r="F127" s="2">
+        <v>45870</v>
+      </c>
+      <c r="G127">
+        <v>125</v>
+      </c>
+      <c r="I127">
+        <v>41.224835710000001</v>
+      </c>
+      <c r="J127">
+        <v>-73.041413169999998</v>
+      </c>
+    </row>
+    <row r="128" spans="1:10">
+      <c r="A128" t="s">
+        <v>188</v>
+      </c>
+      <c r="B128">
+        <v>1756</v>
+      </c>
+      <c r="C128" t="s">
+        <v>33</v>
+      </c>
+      <c r="D128" t="s">
+        <v>52</v>
+      </c>
+      <c r="E128" t="s">
+        <v>19</v>
+      </c>
+      <c r="F128" s="2">
+        <v>45876</v>
+      </c>
+      <c r="G128">
+        <v>50</v>
+      </c>
+      <c r="I128">
+        <v>41.391067800000002</v>
+      </c>
+      <c r="J128">
+        <v>-72.866776090000002</v>
+      </c>
+    </row>
+    <row r="129" spans="1:10">
+      <c r="A129" t="s">
+        <v>189</v>
+      </c>
+      <c r="B129">
+        <v>2631</v>
+      </c>
+      <c r="C129" t="s">
+        <v>24</v>
+      </c>
+      <c r="D129" t="s">
         <v>14</v>
       </c>
-      <c r="G117" s="1">
-[...73 lines deleted...]
-      <c r="A121" t="s">
+      <c r="E129" t="s">
+        <v>19</v>
+      </c>
+      <c r="F129" s="2">
+        <v>45877</v>
+      </c>
+      <c r="G129">
+        <v>50</v>
+      </c>
+      <c r="I129">
+        <v>41.1768705</v>
+      </c>
+      <c r="J129">
+        <v>-73.163151900000003</v>
+      </c>
+    </row>
+    <row r="130" spans="1:10">
+      <c r="A130" t="s">
+        <v>190</v>
+      </c>
+      <c r="B130">
+        <v>3466</v>
+      </c>
+      <c r="C130" t="s">
+        <v>107</v>
+      </c>
+      <c r="D130" t="s">
+        <v>48</v>
+      </c>
+      <c r="E130" t="s">
+        <v>19</v>
+      </c>
+      <c r="F130" s="2">
+        <v>45882</v>
+      </c>
+      <c r="G130">
+        <v>100</v>
+      </c>
+      <c r="I130">
+        <v>41.282086720000002</v>
+      </c>
+      <c r="J130">
+        <v>-73.109745680000003</v>
+      </c>
+    </row>
+    <row r="131" spans="1:10">
+      <c r="A131" t="s">
+        <v>191</v>
+      </c>
+      <c r="B131">
+        <v>3466</v>
+      </c>
+      <c r="C131" t="s">
+        <v>107</v>
+      </c>
+      <c r="D131" t="s">
+        <v>48</v>
+      </c>
+      <c r="E131" t="s">
+        <v>19</v>
+      </c>
+      <c r="F131" s="2">
+        <v>45882</v>
+      </c>
+      <c r="G131">
+        <v>100</v>
+      </c>
+      <c r="I131">
+        <v>41.28228876</v>
+      </c>
+      <c r="J131">
+        <v>-73.109453959999996</v>
+      </c>
+    </row>
+    <row r="132" spans="1:10">
+      <c r="A132" t="s">
+        <v>192</v>
+      </c>
+      <c r="B132">
+        <v>1645</v>
+      </c>
+      <c r="C132" t="s">
+        <v>89</v>
+      </c>
+      <c r="D132" t="s">
+        <v>52</v>
+      </c>
+      <c r="E132" t="s">
+        <v>19</v>
+      </c>
+      <c r="F132" s="2">
+        <v>45904</v>
+      </c>
+      <c r="G132">
+        <v>3004.98</v>
+      </c>
+    </row>
+    <row r="133" spans="1:10">
+      <c r="A133" t="s">
+        <v>193</v>
+      </c>
+      <c r="B133">
+        <v>2687</v>
+      </c>
+      <c r="C133" t="s">
+        <v>126</v>
+      </c>
+      <c r="D133" t="s">
+        <v>141</v>
+      </c>
+      <c r="E133" t="s">
+        <v>19</v>
+      </c>
+      <c r="F133" s="2">
+        <v>45911</v>
+      </c>
+      <c r="G133">
+        <v>33.299999999999997</v>
+      </c>
+    </row>
+    <row r="134" spans="1:10">
+      <c r="A134" t="s">
+        <v>194</v>
+      </c>
+      <c r="B134">
+        <v>1647</v>
+      </c>
+      <c r="C134" t="s">
+        <v>89</v>
+      </c>
+      <c r="D134" t="s">
+        <v>52</v>
+      </c>
+      <c r="E134" t="s">
+        <v>19</v>
+      </c>
+      <c r="F134" s="2">
+        <v>45908</v>
+      </c>
+      <c r="G134">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="135" spans="1:10">
+      <c r="A135" t="s">
+        <v>195</v>
+      </c>
+      <c r="B135">
+        <v>2622</v>
+      </c>
+      <c r="C135" t="s">
+        <v>50</v>
+      </c>
+      <c r="D135" t="s">
+        <v>141</v>
+      </c>
+      <c r="E135" t="s">
+        <v>19</v>
+      </c>
+      <c r="F135" s="2">
+        <v>45912</v>
+      </c>
+      <c r="G135">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="136" spans="1:10">
+      <c r="A136" t="s">
+        <v>196</v>
+      </c>
+      <c r="B136">
+        <v>3679</v>
+      </c>
+      <c r="C136" t="s">
+        <v>17</v>
+      </c>
+      <c r="D136" t="s">
         <v>177</v>
       </c>
-      <c r="B121">
-[...349 lines deleted...]
-      </c>
       <c r="E136" t="s">
-        <v>85</v>
-[...8 lines deleted...]
-    <row r="137" spans="1:7">
+        <v>102</v>
+      </c>
+      <c r="F136" s="2">
+        <v>45916</v>
+      </c>
+      <c r="G136">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="137" spans="1:10">
       <c r="A137" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B137">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>1756</v>
+        <v>3679</v>
+      </c>
+      <c r="C137" t="s">
+        <v>17</v>
       </c>
       <c r="D137" t="s">
-        <v>35</v>
+        <v>177</v>
       </c>
       <c r="E137" t="s">
-        <v>82</v>
-[...74 lines deleted...]
-        <v>45882</v>
+        <v>19</v>
+      </c>
+      <c r="F137" s="2">
+        <v>45918</v>
+      </c>
+      <c r="G137">
+        <v>3120</v>
       </c>
     </row>
   </sheetData>
-  <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;C&amp;1#&amp;"Calibri"&amp;12&amp;K008000Internal Use</oddFooter>
+    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;12&amp;K008000 Internal Use</oddFooter>
   </headerFooter>
   <tableParts count="1">
-    <tablePart r:id="rId2"/>
+    <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="2608e603-b7b7-4422-a7af-3d4eadafd8a5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="ec23d7e3-fc7b-42dd-a148-1ce815f19b0b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100A05AFF6C3A27C945B81A5CD357C78DA9" ma:contentTypeVersion="17" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="739791ef9eabf5e8c9b97062d318d782">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2608e603-b7b7-4422-a7af-3d4eadafd8a5" xmlns:ns3="ec23d7e3-fc7b-42dd-a148-1ce815f19b0b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3ace95a9ee5855646fe72d80ed9d04c6" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100A05AFF6C3A27C945B81A5CD357C78DA9" ma:contentTypeVersion="17" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="52eae65260d31d7ce5249acf6dc11d79">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2608e603-b7b7-4422-a7af-3d4eadafd8a5" xmlns:ns3="ec23d7e3-fc7b-42dd-a148-1ce815f19b0b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="820885a3ff7b39bb192c4bf59b42a099" ns2:_="" ns3:_="">
     <xsd:import namespace="2608e603-b7b7-4422-a7af-3d4eadafd8a5"/>
     <xsd:import namespace="ec23d7e3-fc7b-42dd-a148-1ce815f19b0b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
@@ -5252,111 +5527,93 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9CA97786-68C8-4D22-91D5-0BCB694DC752}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97E8D0CC-45BB-4FCB-82DC-6F4D1B33107D}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{730EA7A3-11DF-40D4-9B5B-CE310B1B30B0}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A35338CE-48B0-40E6-9888-2C911C679398}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8BC7061-B4D2-4A39-AB70-6917F77900F5}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{94353D12-822D-48D2-80E0-FDDA27459B6F}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
-  <Company/>
+  <Company>IBERDROLA S.A.</Company>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Iberdrola S.A.</dc:creator>
+  <dc:creator>ROBERT SAZANOWICZ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
-[...20 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_019c027e-33b7-45fc-a572-8ffa5d09ec36_Enabled">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_019c027e-33b7-45fc-a572-8ffa5d09ec36_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_019c027e-33b7-45fc-a572-8ffa5d09ec36_SetDate">
-    <vt:lpwstr>2024-02-27T00:25:21Z</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_019c027e-33b7-45fc-a572-8ffa5d09ec36_SetDate">
+    <vt:lpwstr>2025-10-09T20:22:35Z</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_019c027e-33b7-45fc-a572-8ffa5d09ec36_Method">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_019c027e-33b7-45fc-a572-8ffa5d09ec36_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_019c027e-33b7-45fc-a572-8ffa5d09ec36_Name">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_019c027e-33b7-45fc-a572-8ffa5d09ec36_Name">
     <vt:lpwstr>Internal Use</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_019c027e-33b7-45fc-a572-8ffa5d09ec36_SiteId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_019c027e-33b7-45fc-a572-8ffa5d09ec36_SiteId">
     <vt:lpwstr>031a09bc-a2bf-44df-888e-4e09355b7a24</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_019c027e-33b7-45fc-a572-8ffa5d09ec36_ActionId">
-    <vt:lpwstr>d8ecf418-065b-4d5c-b95d-44e9cddd2305</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_019c027e-33b7-45fc-a572-8ffa5d09ec36_ActionId">
+    <vt:lpwstr>8d957e34-ecb6-4fc2-9c5a-0ac019ea3fb1</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_019c027e-33b7-45fc-a572-8ffa5d09ec36_ContentBits">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_019c027e-33b7-45fc-a572-8ffa5d09ec36_ContentBits">
     <vt:lpwstr>2</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="ContentTypeId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_019c027e-33b7-45fc-a572-8ffa5d09ec36_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
     <vt:lpwstr>0x010100A05AFF6C3A27C945B81A5CD357C78DA9</vt:lpwstr>
   </property>
 </Properties>
 </file>