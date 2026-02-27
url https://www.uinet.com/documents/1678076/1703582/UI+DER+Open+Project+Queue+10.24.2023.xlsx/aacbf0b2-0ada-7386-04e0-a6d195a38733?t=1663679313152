--- v1 (2025-12-11)
+++ v2 (2026-02-27)
@@ -1,765 +1,1138 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29421"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29819"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://iberdrolaus-my.sharepoint.com/personal/robert_sazanowicz_uinet_com/Documents/My Workspace/DER/Public Queue/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://iberdrolaus-my.sharepoint.com/personal/robert_sazanowicz_uinet_com/Documents/My Workspace/DER/Public Queue/February/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{14A69D97-4551-44A7-905B-D499449A16EB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{2F65D62D-FF0B-4274-AAEB-12C67D175D35}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{C3867AD1-6902-4F64-9284-A2CFD1A1DD7C}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{0B167827-EFC4-423A-A8EA-AFAD5E9B22F8}"/>
   </bookViews>
   <sheets>
-    <sheet name="Public Version" sheetId="1" r:id="rId1"/>
+    <sheet name="Public Queue - 2-16-2026" sheetId="1" r:id="rId1"/>
   </sheets>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Public Queue - 2-16-2026'!$A$1:$L$128</definedName>
+  </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="558" uniqueCount="198">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="569" uniqueCount="219">
   <si>
     <t>Project Number</t>
   </si>
   <si>
-    <t>Circuit</t>
+    <t>Circuit Number</t>
   </si>
   <si>
     <t>Substation</t>
   </si>
   <si>
     <t>Town</t>
   </si>
   <si>
     <t>Technology</t>
   </si>
   <si>
     <t>Queue Date</t>
   </si>
   <si>
-    <t>Total System Size (AC kW)</t>
-[...2 lines deleted...]
-    <t>Export Capacity (AC kW)</t>
+    <t>Total System Size AC kW</t>
+  </si>
+  <si>
+    <t>Export Capacity AC kW</t>
   </si>
   <si>
     <t>Latitude</t>
   </si>
   <si>
     <t>Longitude</t>
   </si>
   <si>
     <t>Installer Company</t>
   </si>
   <si>
     <t>Parent Company</t>
   </si>
   <si>
     <t>DER-12074</t>
   </si>
   <si>
+    <t>PEQUONNOCK</t>
+  </si>
+  <si>
+    <t>Bridgeport</t>
+  </si>
+  <si>
+    <t>Fuel Cell</t>
+  </si>
+  <si>
+    <t>DER-14637</t>
+  </si>
+  <si>
+    <t>ANSONIA</t>
+  </si>
+  <si>
+    <t>Ansonia</t>
+  </si>
+  <si>
+    <t>Photovoltaic</t>
+  </si>
+  <si>
+    <t>DER-31155</t>
+  </si>
+  <si>
+    <t>WATER</t>
+  </si>
+  <si>
+    <t>New Haven</t>
+  </si>
+  <si>
+    <t>DER-31190</t>
+  </si>
+  <si>
+    <t>BAIRD</t>
+  </si>
+  <si>
+    <t>Stratford</t>
+  </si>
+  <si>
+    <t>DER-31281</t>
+  </si>
+  <si>
+    <t>MIX</t>
+  </si>
+  <si>
+    <t>HAMDEN</t>
+  </si>
+  <si>
+    <t>DER-31711</t>
+  </si>
+  <si>
+    <t>NORTH HAVEN</t>
+  </si>
+  <si>
+    <t>Hamden</t>
+  </si>
+  <si>
+    <t>DER-31714</t>
+  </si>
+  <si>
+    <t>QUINNIPIAC</t>
+  </si>
+  <si>
+    <t>North Branford</t>
+  </si>
+  <si>
+    <t>DER-31842</t>
+  </si>
+  <si>
+    <t>DER-40174</t>
+  </si>
+  <si>
+    <t>DER-40281</t>
+  </si>
+  <si>
+    <t>East Haven</t>
+  </si>
+  <si>
+    <t>DER-42547</t>
+  </si>
+  <si>
+    <t>OLDTOWN</t>
+  </si>
+  <si>
+    <t>DER-42775</t>
+  </si>
+  <si>
+    <t>DER-43021</t>
+  </si>
+  <si>
+    <t>MILL RIVER</t>
+  </si>
+  <si>
+    <t>DER-43056</t>
+  </si>
+  <si>
+    <t>CONGRESS ST.</t>
+  </si>
+  <si>
+    <t>DER-43808</t>
+  </si>
+  <si>
+    <t>DER-43885</t>
+  </si>
+  <si>
+    <t>DER-44064</t>
+  </si>
+  <si>
     <t>PEQ</t>
   </si>
   <si>
-    <t>Bridgeport</t>
-[...26 lines deleted...]
-    <t>DER-31190</t>
+    <t>DER-44457</t>
+  </si>
+  <si>
+    <t>DER-44458</t>
   </si>
   <si>
     <t>BAIR</t>
   </si>
   <si>
-    <t>Stratford</t>
-[...26 lines deleted...]
-    <t>DER-31714</t>
+    <t>DER-44844</t>
+  </si>
+  <si>
+    <t>DER-45077</t>
+  </si>
+  <si>
+    <t>EAST</t>
+  </si>
+  <si>
+    <t>North Haven</t>
+  </si>
+  <si>
+    <t>DER-46053</t>
+  </si>
+  <si>
+    <t>DER-46742</t>
+  </si>
+  <si>
+    <t>DER-46815</t>
+  </si>
+  <si>
+    <t>ELMWEST</t>
+  </si>
+  <si>
+    <t>West Haven</t>
+  </si>
+  <si>
+    <t>DER-46841</t>
+  </si>
+  <si>
+    <t>BROADWAY</t>
+  </si>
+  <si>
+    <t>NEW HAVEN</t>
+  </si>
+  <si>
+    <t>DER-47264</t>
+  </si>
+  <si>
+    <t>Reciprocating Engine</t>
+  </si>
+  <si>
+    <t>DER-47340</t>
+  </si>
+  <si>
+    <t>DER-47341</t>
+  </si>
+  <si>
+    <t>DER-47357</t>
+  </si>
+  <si>
+    <t>JUNE</t>
+  </si>
+  <si>
+    <t>Woodbridge</t>
+  </si>
+  <si>
+    <t>DER-47604</t>
+  </si>
+  <si>
+    <t>BARNUM</t>
+  </si>
+  <si>
+    <t>Battery</t>
+  </si>
+  <si>
+    <t>DER-47606</t>
+  </si>
+  <si>
+    <t>DER-47657</t>
+  </si>
+  <si>
+    <t>CONG</t>
+  </si>
+  <si>
+    <t>DER-47694</t>
+  </si>
+  <si>
+    <t>DER-47695</t>
+  </si>
+  <si>
+    <t>POOTATUCK</t>
+  </si>
+  <si>
+    <t>Shelton</t>
+  </si>
+  <si>
+    <t>DER-47710</t>
+  </si>
+  <si>
+    <t>DER-47824</t>
+  </si>
+  <si>
+    <t>DER-47850</t>
+  </si>
+  <si>
+    <t>DER-47861</t>
+  </si>
+  <si>
+    <t>EAST SHORE</t>
+  </si>
+  <si>
+    <t>DER-47887</t>
+  </si>
+  <si>
+    <t>DER-47889</t>
+  </si>
+  <si>
+    <t>DER-47891</t>
+  </si>
+  <si>
+    <t>DER-47896</t>
+  </si>
+  <si>
+    <t>DER-48037</t>
+  </si>
+  <si>
+    <t>INDIAN WELLS</t>
+  </si>
+  <si>
+    <t>DER-48045</t>
+  </si>
+  <si>
+    <t>SACKETT</t>
+  </si>
+  <si>
+    <t>DER-48104</t>
+  </si>
+  <si>
+    <t>DER-48303</t>
+  </si>
+  <si>
+    <t>HAWTHORNE</t>
+  </si>
+  <si>
+    <t>DER-48304</t>
+  </si>
+  <si>
+    <t>DER-48435</t>
+  </si>
+  <si>
+    <t>DER-48510</t>
+  </si>
+  <si>
+    <t>DER-48588</t>
+  </si>
+  <si>
+    <t>DER-48638</t>
+  </si>
+  <si>
+    <t>East haven</t>
+  </si>
+  <si>
+    <t>DER-48807</t>
+  </si>
+  <si>
+    <t>DER-48906</t>
+  </si>
+  <si>
+    <t>N Branford</t>
+  </si>
+  <si>
+    <t>DER-49057</t>
+  </si>
+  <si>
+    <t>SACK</t>
+  </si>
+  <si>
+    <t>DER-49408</t>
+  </si>
+  <si>
+    <t>DER-49795</t>
+  </si>
+  <si>
+    <t>MILVON</t>
+  </si>
+  <si>
+    <t>Milford</t>
+  </si>
+  <si>
+    <t>DER-49892</t>
+  </si>
+  <si>
+    <t>ASH CREEK</t>
+  </si>
+  <si>
+    <t>Trumbull</t>
+  </si>
+  <si>
+    <t>DER-49914</t>
+  </si>
+  <si>
+    <t>DER-50093</t>
   </si>
   <si>
     <t>QUINN</t>
   </si>
   <si>
-    <t>North Branford</t>
-[...5 lines deleted...]
-    <t>DER-32009</t>
+    <t>DER-50332</t>
   </si>
   <si>
     <t>BROAD</t>
   </si>
   <si>
-    <t>DER-40174</t>
-[...11 lines deleted...]
-    <t>WOOD</t>
+    <t>DER-50376</t>
+  </si>
+  <si>
+    <t>DER-50667</t>
+  </si>
+  <si>
+    <t>NEW CONGRESS</t>
+  </si>
+  <si>
+    <t>DER-50690</t>
+  </si>
+  <si>
+    <t>WOODMONT</t>
+  </si>
+  <si>
+    <t>DER-50716</t>
+  </si>
+  <si>
+    <t>Bpt</t>
+  </si>
+  <si>
+    <t>DER-50801</t>
+  </si>
+  <si>
+    <t>DER-50918</t>
+  </si>
+  <si>
+    <t>DER-51387</t>
+  </si>
+  <si>
+    <t>DER-51412</t>
+  </si>
+  <si>
+    <t>TRAP FALLS</t>
+  </si>
+  <si>
+    <t>DER-51444</t>
+  </si>
+  <si>
+    <t>DER-51452</t>
+  </si>
+  <si>
+    <t>DER-51453</t>
+  </si>
+  <si>
+    <t>DER-51497</t>
+  </si>
+  <si>
+    <t>DER-51541</t>
+  </si>
+  <si>
+    <t>DER-51592</t>
+  </si>
+  <si>
+    <t>DER-51593</t>
+  </si>
+  <si>
+    <t>DER-51653</t>
+  </si>
+  <si>
+    <t>DER-52037</t>
+  </si>
+  <si>
+    <t>DER-52072</t>
+  </si>
+  <si>
+    <t>DER-52129</t>
+  </si>
+  <si>
+    <t>NNHSEC</t>
+  </si>
+  <si>
+    <t>DER-52313</t>
+  </si>
+  <si>
+    <t>MILFORD</t>
+  </si>
+  <si>
+    <t>DER-52314</t>
+  </si>
+  <si>
+    <t>DERBY</t>
+  </si>
+  <si>
+    <t>DER-52373</t>
+  </si>
+  <si>
+    <t>DER-52413</t>
+  </si>
+  <si>
+    <t>DER-52456</t>
+  </si>
+  <si>
+    <t>DER-52461</t>
+  </si>
+  <si>
+    <t>DER-52518</t>
+  </si>
+  <si>
+    <t>Seymour</t>
+  </si>
+  <si>
+    <t>DER-52520</t>
+  </si>
+  <si>
+    <t>DER-52524</t>
+  </si>
+  <si>
+    <t>DER-52551</t>
+  </si>
+  <si>
+    <t>DER-52590</t>
+  </si>
+  <si>
+    <t>DER-52646</t>
+  </si>
+  <si>
+    <t>DER-52683</t>
+  </si>
+  <si>
+    <t>DER-52684</t>
+  </si>
+  <si>
+    <t>DER-52758</t>
+  </si>
+  <si>
+    <t>DER-52965</t>
+  </si>
+  <si>
+    <t>DER-53001</t>
+  </si>
+  <si>
+    <t>DER-53019</t>
+  </si>
+  <si>
+    <t>DER-53116</t>
+  </si>
+  <si>
+    <t>DER-53160</t>
+  </si>
+  <si>
+    <t>Derby</t>
+  </si>
+  <si>
+    <t>DER-53209</t>
+  </si>
+  <si>
+    <t>DER-53534</t>
+  </si>
+  <si>
+    <t>DER-53536</t>
+  </si>
+  <si>
+    <t>DER-53623</t>
+  </si>
+  <si>
+    <t>1st Light Sales Corp</t>
+  </si>
+  <si>
+    <t>DER-53663</t>
+  </si>
+  <si>
+    <t>Surya Standard Energy LLC</t>
+  </si>
+  <si>
+    <t>DER-53666</t>
+  </si>
+  <si>
+    <t>DER-53691</t>
+  </si>
+  <si>
+    <t>ALLINGS CROSSING</t>
+  </si>
+  <si>
+    <t>RP CT Bull Hill Lane LLC</t>
+  </si>
+  <si>
+    <t>DER-53692</t>
+  </si>
+  <si>
+    <t>RP CT Railroad Ave LLC</t>
+  </si>
+  <si>
+    <t>DER-53693</t>
+  </si>
+  <si>
+    <t>Fairfield</t>
+  </si>
+  <si>
+    <t>RP CT Kings Highway LLC</t>
+  </si>
+  <si>
+    <t>DER-53733</t>
+  </si>
+  <si>
+    <t>JD Solar Solutions LLC</t>
+  </si>
+  <si>
+    <t>DER-53847</t>
   </si>
   <si>
     <t>Orange</t>
   </si>
   <si>
-    <t>DER-40283</t>
-[...320 lines deleted...]
-    <t>DER-51287</t>
+    <t>AEC Solar LLC</t>
+  </si>
+  <si>
+    <t>All Electric Construction and Communication</t>
+  </si>
+  <si>
+    <t>DER-53862</t>
+  </si>
+  <si>
+    <t>DER-53940</t>
+  </si>
+  <si>
+    <t>PurePoint Energy</t>
+  </si>
+  <si>
+    <t>DER-53950</t>
+  </si>
+  <si>
+    <t>ORANGE</t>
+  </si>
+  <si>
+    <t>Phytoplankton Orange Solar LLC</t>
+  </si>
+  <si>
+    <t>Plankton Energy LLC</t>
+  </si>
+  <si>
+    <t>DER-53951</t>
+  </si>
+  <si>
+    <t>DER-53953</t>
+  </si>
+  <si>
+    <t>DER-53954</t>
+  </si>
+  <si>
+    <t>DER-53956</t>
+  </si>
+  <si>
+    <t>DER-54054</t>
   </si>
   <si>
     <t>TRUMBULL</t>
   </si>
   <si>
-    <t>DER-51387</t>
-[...125 lines deleted...]
-    <t>DER-53209</t>
+    <t>DER-54056</t>
+  </si>
+  <si>
+    <t>Smart Roofs Solar, Inc.</t>
+  </si>
+  <si>
+    <t>DER-54117</t>
+  </si>
+  <si>
+    <t>DER-54137</t>
+  </si>
+  <si>
+    <t>DER-54212</t>
+  </si>
+  <si>
+    <t>Solar Energy Resources LLC</t>
+  </si>
+  <si>
+    <t>Energy Resources USA</t>
+  </si>
+  <si>
+    <t>DER-54266</t>
+  </si>
+  <si>
+    <t>277Y</t>
+  </si>
+  <si>
+    <t>All Electric</t>
+  </si>
+  <si>
+    <t>DER-54285</t>
+  </si>
+  <si>
+    <t>DER-54326</t>
+  </si>
+  <si>
+    <t>Advanced Energy Efficiencies, LLC</t>
+  </si>
+  <si>
+    <t>DER-54327</t>
+  </si>
+  <si>
+    <t>DER-54405</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="2">
+  <dxfs count="16">
     <dxf>
-      <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="9" tint="0.59999389629810485"/>
+          <bgColor theme="9" tint="0.59999389629810485"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="0"/>
+        </left>
+        <right style="thin">
+          <color theme="0"/>
+        </right>
+        <top style="thin">
+          <color theme="0"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
     </dxf>
     <dxf>
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="9" tint="0.59999389629810485"/>
+          <bgColor theme="9" tint="0.59999389629810485"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="0"/>
+        </left>
+        <right style="thin">
+          <color theme="0"/>
+        </right>
+        <top style="thin">
+          <color theme="0"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="9" tint="0.59999389629810485"/>
+          <bgColor theme="9" tint="0.59999389629810485"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="0"/>
+        </left>
+        <right style="thin">
+          <color theme="0"/>
+        </right>
+        <top style="thin">
+          <color theme="0"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="9" tint="0.59999389629810485"/>
+          <bgColor theme="9" tint="0.59999389629810485"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="0"/>
+        </left>
+        <right style="thin">
+          <color theme="0"/>
+        </right>
+        <top style="thin">
+          <color theme="0"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="9" tint="0.59999389629810485"/>
+          <bgColor theme="9" tint="0.59999389629810485"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="0"/>
+        </left>
+        <right style="thin">
+          <color theme="0"/>
+        </right>
+        <top style="thin">
+          <color theme="0"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="9" tint="0.59999389629810485"/>
+          <bgColor theme="9" tint="0.59999389629810485"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="0"/>
+        </left>
+        <right style="thin">
+          <color theme="0"/>
+        </right>
+        <top style="thin">
+          <color theme="0"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="164" formatCode="m/d/yyyy"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="9" tint="0.59999389629810485"/>
+          <bgColor theme="9" tint="0.59999389629810485"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="0"/>
+        </left>
+        <right style="thin">
+          <color theme="0"/>
+        </right>
+        <top style="thin">
+          <color theme="0"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="9" tint="0.59999389629810485"/>
+          <bgColor theme="9" tint="0.59999389629810485"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="0"/>
+        </left>
+        <right style="thin">
+          <color theme="0"/>
+        </right>
+        <top style="thin">
+          <color theme="0"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="9" tint="0.59999389629810485"/>
+          <bgColor theme="9" tint="0.59999389629810485"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="0"/>
+        </left>
+        <right style="thin">
+          <color theme="0"/>
+        </right>
+        <top style="thin">
+          <color theme="0"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="9" tint="0.59999389629810485"/>
+          <bgColor theme="9" tint="0.59999389629810485"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="0"/>
+        </left>
+        <right style="thin">
+          <color theme="0"/>
+        </right>
+        <top style="thin">
+          <color theme="0"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="9" tint="0.59999389629810485"/>
+          <bgColor theme="9" tint="0.59999389629810485"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="0"/>
+        </left>
+        <right style="thin">
+          <color theme="0"/>
+        </right>
+        <top style="thin">
+          <color theme="0"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="9" tint="0.59999389629810485"/>
+          <bgColor theme="9" tint="0.59999389629810485"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color theme="0"/>
+        </right>
+        <top style="thin">
+          <color theme="0"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color theme="0"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thick">
+          <color theme="0"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thin">
+          <color theme="0"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="9" tint="0.59999389629810485"/>
+          <bgColor theme="9" tint="0.59999389629810485"/>
+        </patternFill>
+      </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{EF4E8699-2083-408F-B99A-4F88DF5ACF3D}" name="Table4" displayName="Table4" ref="A1:L137" totalsRowShown="0" headerRowDxfId="1">
-  <autoFilter ref="A1:L137" xr:uid="{3219DD27-2BAA-4C95-9780-223D4C3FC741}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{0989F206-B5E6-4DCD-ADF1-7C7D6A0BB6EC}" name="Table1" displayName="Table1" ref="A1:L128" totalsRowShown="0" dataDxfId="15" headerRowBorderDxfId="13" tableBorderDxfId="14" totalsRowBorderDxfId="12">
+  <autoFilter ref="A1:L128" xr:uid="{B78065F8-A1C1-4081-B9FD-5583C6992001}"/>
   <tableColumns count="12">
-    <tableColumn id="1" xr3:uid="{1B70981C-5DA4-48D7-AF7C-E87DA06B585C}" name="Project Number"/>
-[...10 lines deleted...]
-    <tableColumn id="14" xr3:uid="{6C2C0C2C-CD9E-4021-9A9F-D808E76E399C}" name="Parent Company"/>
+    <tableColumn id="1" xr3:uid="{84634A03-C863-4DFC-97EE-BD1B1DBCB549}" name="Project Number" dataDxfId="11"/>
+    <tableColumn id="2" xr3:uid="{6D8F894C-7501-4AB9-AB44-90EF33E6B2DB}" name="Circuit Number" dataDxfId="10"/>
+    <tableColumn id="3" xr3:uid="{4368ECD0-703B-4013-9A81-AB773A1202BA}" name="Substation" dataDxfId="9"/>
+    <tableColumn id="4" xr3:uid="{D084D9BC-B0D8-4337-8C4B-C339F48A5515}" name="Town" dataDxfId="8"/>
+    <tableColumn id="5" xr3:uid="{DCAA0520-8F94-4950-AF74-ADA2FBCC9DD9}" name="Technology" dataDxfId="7"/>
+    <tableColumn id="6" xr3:uid="{9E1E86DB-3183-46FF-8A7B-1105D8E1C87B}" name="Queue Date" dataDxfId="6"/>
+    <tableColumn id="7" xr3:uid="{29C8C2EF-F54A-4CE7-BA17-FB302616A74B}" name="Total System Size AC kW" dataDxfId="5"/>
+    <tableColumn id="8" xr3:uid="{7F85EADD-5D3B-40C9-A3BD-69168FB6E6BB}" name="Export Capacity AC kW" dataDxfId="4"/>
+    <tableColumn id="9" xr3:uid="{713D9C3A-2A7B-4177-AB26-ECB54C530EA6}" name="Latitude" dataDxfId="3"/>
+    <tableColumn id="10" xr3:uid="{2AF861F5-55A3-4463-A065-AA5C3F18285D}" name="Longitude" dataDxfId="2"/>
+    <tableColumn id="11" xr3:uid="{58181A28-6F29-4567-A566-50DDD6D79490}" name="Installer Company" dataDxfId="1"/>
+    <tableColumn id="12" xr3:uid="{00296C3B-A532-4287-8927-E37C7F857F29}" name="Parent Company" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium14" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -1041,4289 +1414,4124 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DC2209BD-2A27-4660-8C36-6CFF78352E6F}">
-  <dimension ref="A1:L137"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B78065F8-A1C1-4081-B9FD-5583C6992001}">
+  <dimension ref="A1:L128"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="N12" sqref="N12"/>
+      <selection activeCell="M7" sqref="M7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="13" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="14.28515625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="17.28515625" customWidth="1"/>
+    <col min="2" max="2" width="17" customWidth="1"/>
+    <col min="3" max="3" width="17.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.7109375" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="16.28515625" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="11" max="12" width="24.42578125" customWidth="1"/>
+    <col min="6" max="6" width="13.85546875" customWidth="1"/>
+    <col min="7" max="7" width="25.140625" customWidth="1"/>
+    <col min="8" max="8" width="23.5703125" customWidth="1"/>
+    <col min="9" max="9" width="10.5703125" customWidth="1"/>
+    <col min="10" max="10" width="12.7109375" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="37.28515625" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="41.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="28.5" customHeight="1">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:12">
+      <c r="A1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>8</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" t="s">
         <v>9</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" t="s">
         <v>10</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="L1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:12">
       <c r="A2" t="s">
         <v>12</v>
       </c>
       <c r="B2">
         <v>2502</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
       <c r="E2" t="s">
         <v>15</v>
       </c>
-      <c r="F2" s="2">
+      <c r="F2">
         <v>43157</v>
       </c>
       <c r="G2">
         <v>9660</v>
       </c>
       <c r="H2">
         <v>9660</v>
       </c>
       <c r="I2">
-        <v>41.168593360000003</v>
+        <v>41.168593361699998</v>
       </c>
       <c r="J2">
-        <v>-73.200719449999994</v>
+        <v>-73.200719448499996</v>
       </c>
     </row>
     <row r="3" spans="1:12">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3">
         <v>3676</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" s="2">
+      <c r="F3">
         <v>43388</v>
       </c>
       <c r="G3">
         <v>1000</v>
       </c>
       <c r="H3">
         <v>1000</v>
       </c>
       <c r="I3">
-        <v>41.34292001</v>
+        <v>41.342920009700002</v>
       </c>
       <c r="J3">
-        <v>-73.060449989999995</v>
+        <v>-73.060449991900001</v>
       </c>
     </row>
     <row r="4" spans="1:12">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4">
         <v>1529</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>19</v>
       </c>
-      <c r="F4" s="2">
+      <c r="F4">
         <v>44301</v>
       </c>
       <c r="G4">
         <v>1999</v>
       </c>
       <c r="I4">
-        <v>41.295316970000002</v>
+        <v>41.2953169691</v>
       </c>
       <c r="J4">
-        <v>-72.919859500000001</v>
+        <v>-72.9198595031</v>
       </c>
     </row>
     <row r="5" spans="1:12">
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5">
         <v>2637</v>
       </c>
       <c r="C5" t="s">
         <v>24</v>
       </c>
       <c r="D5" t="s">
         <v>25</v>
       </c>
       <c r="E5" t="s">
         <v>19</v>
       </c>
-      <c r="F5" s="2">
+      <c r="F5">
         <v>44302</v>
       </c>
       <c r="G5">
         <v>95.8</v>
       </c>
       <c r="H5">
         <v>95.8</v>
       </c>
       <c r="I5">
         <v>41.197845999999998</v>
       </c>
       <c r="J5">
         <v>-73.117998999999998</v>
       </c>
     </row>
     <row r="6" spans="1:12">
       <c r="A6" t="s">
         <v>26</v>
       </c>
       <c r="B6">
         <v>1690</v>
       </c>
       <c r="C6" t="s">
         <v>27</v>
       </c>
       <c r="D6" t="s">
         <v>28</v>
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="F6" s="2">
+      <c r="F6">
         <v>44315</v>
       </c>
       <c r="G6">
-        <v>100</v>
+        <v>287.5</v>
       </c>
       <c r="H6">
         <v>100</v>
       </c>
       <c r="I6">
-        <v>41.374822299999998</v>
+        <v>41.378039000000001</v>
       </c>
       <c r="J6">
-        <v>-72.920583309999998</v>
+        <v>-72.918808999999996</v>
       </c>
     </row>
     <row r="7" spans="1:12">
       <c r="A7" t="s">
         <v>29</v>
       </c>
       <c r="B7">
-        <v>1690</v>
+        <v>1750</v>
       </c>
       <c r="C7" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D7" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E7" t="s">
         <v>19</v>
       </c>
-      <c r="F7" s="2">
-        <v>44315</v>
+      <c r="F7">
+        <v>44362</v>
       </c>
       <c r="G7">
-        <v>287.5</v>
+        <v>240</v>
       </c>
       <c r="H7">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="I7">
-        <v>41.378039000000001</v>
+        <v>41.384580885200002</v>
       </c>
       <c r="J7">
-        <v>-72.918808999999996</v>
+        <v>-72.900918256400004</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B8">
-        <v>1690</v>
+        <v>1548</v>
       </c>
       <c r="C8" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="D8" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="E8" t="s">
         <v>19</v>
       </c>
-      <c r="F8" s="2">
-        <v>44315</v>
+      <c r="F8">
+        <v>44362</v>
       </c>
       <c r="G8">
-        <v>258.3</v>
+        <v>2000</v>
       </c>
       <c r="H8">
-        <v>268.3</v>
+        <v>2000</v>
       </c>
       <c r="I8">
-        <v>41.37740823</v>
+        <v>41.335735999999997</v>
       </c>
       <c r="J8">
-        <v>-72.919105569999999</v>
+        <v>-72.751818</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B9">
-        <v>1690</v>
+        <v>3676</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="E9" t="s">
         <v>19</v>
       </c>
-      <c r="F9" s="2">
-        <v>44315</v>
+      <c r="F9">
+        <v>44376</v>
       </c>
       <c r="G9">
-        <v>100</v>
+        <v>2000</v>
       </c>
       <c r="H9">
-        <v>100</v>
+        <v>2000</v>
       </c>
       <c r="I9">
-        <v>41.374822299999998</v>
+        <v>41.344171000000003</v>
       </c>
       <c r="J9">
-        <v>-72.920583309999998</v>
+        <v>-73.063351999999995</v>
       </c>
     </row>
     <row r="10" spans="1:12">
       <c r="A10" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="B10">
-        <v>1750</v>
+        <v>1691</v>
       </c>
       <c r="C10" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
         <v>19</v>
       </c>
-      <c r="F10" s="2">
-        <v>44362</v>
+      <c r="F10">
+        <v>45222</v>
       </c>
       <c r="G10">
-        <v>240</v>
+        <v>192.5</v>
       </c>
       <c r="H10">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="I10">
-        <v>41.384580890000002</v>
+        <v>41.346475315500001</v>
       </c>
       <c r="J10">
-        <v>-72.900918259999997</v>
+        <v>-72.923835167899995</v>
       </c>
     </row>
     <row r="11" spans="1:12">
       <c r="A11" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B11">
-        <v>1548</v>
+        <v>1542</v>
       </c>
       <c r="C11" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E11" t="s">
         <v>19</v>
       </c>
-      <c r="F11" s="2">
-        <v>44362</v>
+      <c r="F11">
+        <v>44634</v>
       </c>
       <c r="G11">
-        <v>2000</v>
+        <v>1999</v>
       </c>
       <c r="H11">
-        <v>2000</v>
+        <v>1999</v>
       </c>
       <c r="I11">
-        <v>41.335735999999997</v>
+        <v>41.342674000000002</v>
       </c>
       <c r="J11">
-        <v>-72.751818</v>
+        <v>-72.825192000000001</v>
       </c>
     </row>
     <row r="12" spans="1:12">
       <c r="A12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B12">
-        <v>3676</v>
+        <v>2626</v>
       </c>
       <c r="C12" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="D12" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E12" t="s">
         <v>19</v>
       </c>
-      <c r="F12" s="2">
-        <v>44376</v>
+      <c r="F12">
+        <v>44995</v>
       </c>
       <c r="G12">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="H12">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="I12">
-        <v>41.344171000000003</v>
+        <v>41.219919257299999</v>
       </c>
       <c r="J12">
-        <v>-73.063351999999995</v>
+        <v>-73.227785551899998</v>
       </c>
     </row>
     <row r="13" spans="1:12">
       <c r="A13" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B13">
-        <v>1902</v>
+        <v>1550</v>
       </c>
       <c r="C13" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="E13" t="s">
         <v>19</v>
       </c>
-      <c r="F13" s="2">
-        <v>44396</v>
+      <c r="F13">
+        <v>44918</v>
       </c>
       <c r="G13">
-        <v>241.6</v>
+        <v>1700</v>
       </c>
       <c r="H13">
-        <v>241.6</v>
+        <v>1700</v>
       </c>
       <c r="I13">
-        <v>41.311148629999998</v>
+        <v>41.341009</v>
       </c>
       <c r="J13">
-        <v>-72.937264299999995</v>
+        <v>-72.864001000000002</v>
       </c>
     </row>
     <row r="14" spans="1:12">
       <c r="A14" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B14">
-        <v>1691</v>
+        <v>1889</v>
       </c>
       <c r="C14" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="D14" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="E14" t="s">
         <v>19</v>
       </c>
-      <c r="F14" s="2">
-        <v>45222</v>
+      <c r="F14">
+        <v>44993</v>
       </c>
       <c r="G14">
-        <v>192.5</v>
+        <v>265</v>
       </c>
       <c r="H14">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I14">
-        <v>41.346475320000003</v>
+        <v>41.314618340199999</v>
       </c>
       <c r="J14">
-        <v>-72.923835170000004</v>
+        <v>-72.906131189299998</v>
       </c>
     </row>
     <row r="15" spans="1:12">
       <c r="A15" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B15">
-        <v>1542</v>
+        <v>530</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="D15" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="E15" t="s">
         <v>19</v>
       </c>
-      <c r="F15" s="2">
-        <v>44634</v>
+      <c r="F15">
+        <v>45104</v>
       </c>
       <c r="G15">
-        <v>1999</v>
+        <v>200</v>
       </c>
       <c r="H15">
-        <v>1999</v>
+        <v>200</v>
       </c>
       <c r="I15">
-        <v>41.342674000000002</v>
+        <v>41.169704000000003</v>
       </c>
       <c r="J15">
-        <v>-72.825192000000001</v>
+        <v>-73.168379000000002</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="A16" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B16">
-        <v>3653</v>
+        <v>2542</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="E16" t="s">
         <v>19</v>
       </c>
-      <c r="F16" s="2">
-        <v>44755</v>
+      <c r="F16">
+        <v>45237</v>
       </c>
       <c r="G16">
-        <v>208.3</v>
+        <v>50</v>
       </c>
       <c r="H16">
-        <v>208.3</v>
+        <v>50</v>
       </c>
       <c r="I16">
-        <v>41.250838999999999</v>
+        <v>41.1972843864</v>
       </c>
       <c r="J16">
-        <v>-73.018587999999994</v>
+        <v>-73.191143450200002</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B17">
-        <v>2807</v>
+        <v>1692</v>
       </c>
       <c r="C17" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="D17" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
       <c r="E17" t="s">
         <v>19</v>
       </c>
-      <c r="F17" s="2">
-        <v>44795</v>
+      <c r="F17">
+        <v>45070</v>
       </c>
       <c r="G17">
-        <v>225</v>
+        <v>996</v>
       </c>
       <c r="H17">
-        <v>225</v>
+        <v>1446.12</v>
       </c>
       <c r="I17">
-        <v>41.264380590000002</v>
+        <v>41.375379017100002</v>
       </c>
       <c r="J17">
-        <v>-73.130486219999995</v>
+        <v>-72.932738088500003</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" t="s">
+        <v>48</v>
+      </c>
+      <c r="B18">
+        <v>2502</v>
+      </c>
+      <c r="C18" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
       <c r="D18" t="s">
         <v>14</v>
       </c>
       <c r="E18" t="s">
         <v>19</v>
       </c>
-      <c r="F18" s="2">
-        <v>44995</v>
+      <c r="F18">
+        <v>45694</v>
       </c>
       <c r="G18">
-        <v>100</v>
+        <v>979</v>
       </c>
       <c r="H18">
-        <v>100</v>
+        <v>979</v>
       </c>
       <c r="I18">
-        <v>41.219919259999998</v>
+        <v>41.16738024</v>
       </c>
       <c r="J18">
-        <v>-73.227785549999993</v>
+        <v>-73.208754330000005</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B19">
-        <v>1550</v>
+        <v>2631</v>
       </c>
       <c r="C19" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="D19" t="s">
-        <v>52</v>
+        <v>14</v>
       </c>
       <c r="E19" t="s">
         <v>19</v>
       </c>
-      <c r="F19" s="2">
-        <v>44918</v>
+      <c r="F19">
+        <v>45141</v>
       </c>
       <c r="G19">
-        <v>1700</v>
+        <v>250</v>
       </c>
       <c r="H19">
-        <v>1700</v>
+        <v>250</v>
       </c>
       <c r="I19">
-        <v>41.341009</v>
+        <v>41.183673186</v>
       </c>
       <c r="J19">
-        <v>-72.864001000000002</v>
+        <v>-73.158277353800003</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B20">
-        <v>1889</v>
+        <v>2631</v>
       </c>
       <c r="C20" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D20" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="E20" t="s">
         <v>19</v>
       </c>
-      <c r="F20" s="2">
-        <v>44993</v>
+      <c r="F20">
+        <v>45128</v>
       </c>
       <c r="G20">
-        <v>265</v>
+        <v>400</v>
       </c>
       <c r="H20">
         <v>400</v>
       </c>
       <c r="I20">
-        <v>41.314618340000003</v>
+        <v>41.184180779999998</v>
       </c>
       <c r="J20">
-        <v>-72.906131189999996</v>
+        <v>-73.156955760000002</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B21">
-        <v>530</v>
+        <v>2505</v>
       </c>
       <c r="C21" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>14</v>
       </c>
       <c r="E21" t="s">
         <v>19</v>
       </c>
-      <c r="F21" s="2">
-        <v>45104</v>
+      <c r="F21">
+        <v>45190</v>
       </c>
       <c r="G21">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H21">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="I21">
-        <v>41.169704000000003</v>
+        <v>41.173042949900001</v>
       </c>
       <c r="J21">
-        <v>-73.168379000000002</v>
+        <v>-73.195633496699998</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="B22">
-        <v>2542</v>
+        <v>1701</v>
       </c>
       <c r="C22" t="s">
+        <v>55</v>
+      </c>
+      <c r="D22" t="s">
         <v>56</v>
       </c>
-      <c r="D22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E22" t="s">
         <v>19</v>
       </c>
-      <c r="F22" s="2">
-        <v>45237</v>
+      <c r="F22">
+        <v>45180</v>
       </c>
       <c r="G22">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>2300</v>
       </c>
       <c r="I22">
-        <v>41.19728439</v>
+        <v>41.338349999999998</v>
       </c>
       <c r="J22">
-        <v>-73.191143449999998</v>
+        <v>-72.870131000000001</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B23">
-        <v>1692</v>
+        <v>2537</v>
       </c>
       <c r="C23" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="D23" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="E23" t="s">
         <v>19</v>
       </c>
-      <c r="F23" s="2">
-        <v>45070</v>
+      <c r="F23">
+        <v>45236</v>
       </c>
       <c r="G23">
-        <v>996</v>
+        <v>1108</v>
       </c>
       <c r="H23">
-        <v>1446.12</v>
+        <v>1108</v>
       </c>
       <c r="I23">
-        <v>41.375379019999997</v>
+        <v>41.202002999999998</v>
       </c>
       <c r="J23">
-        <v>-72.932738090000001</v>
+        <v>-73.201398999999995</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B24">
-        <v>2502</v>
+        <v>1541</v>
       </c>
       <c r="C24" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="D24" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="E24" t="s">
         <v>19</v>
       </c>
-      <c r="F24" s="2">
-        <v>45694</v>
+      <c r="F24">
+        <v>45327</v>
       </c>
       <c r="G24">
-        <v>979</v>
+        <v>750</v>
       </c>
       <c r="H24">
-        <v>979</v>
+        <v>750</v>
       </c>
       <c r="I24">
-        <v>41.16738024</v>
+        <v>41.326889000000001</v>
       </c>
       <c r="J24">
-        <v>-73.208754330000005</v>
+        <v>-72.883448999999999</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" t="s">
+        <v>59</v>
+      </c>
+      <c r="B25">
+        <v>633</v>
+      </c>
+      <c r="C25" t="s">
         <v>60</v>
       </c>
-      <c r="B25">
-[...2 lines deleted...]
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>61</v>
       </c>
-      <c r="D25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E25" t="s">
         <v>19</v>
       </c>
-      <c r="F25" s="2">
-        <v>45152</v>
+      <c r="F25">
+        <v>45316</v>
       </c>
       <c r="G25">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>940</v>
       </c>
       <c r="I25">
-        <v>41.181203910000001</v>
+        <v>41.274546051599998</v>
       </c>
       <c r="J25">
-        <v>-73.249600139999998</v>
+        <v>-72.965513882600007</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" t="s">
+        <v>62</v>
+      </c>
+      <c r="B26">
+        <v>1907</v>
+      </c>
+      <c r="C26" t="s">
         <v>63</v>
       </c>
-      <c r="B26">
-[...4 lines deleted...]
-      </c>
       <c r="D26" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="E26" t="s">
         <v>19</v>
       </c>
-      <c r="F26" s="2">
-        <v>45258</v>
+      <c r="F26">
+        <v>45407</v>
       </c>
       <c r="G26">
-        <v>67.3</v>
+        <v>50</v>
       </c>
       <c r="H26">
-        <v>66.3</v>
+        <v>50</v>
       </c>
       <c r="I26">
-        <v>41.180007490000001</v>
+        <v>41.310810180200001</v>
       </c>
       <c r="J26">
-        <v>-73.250454610000006</v>
+        <v>-72.951057313800007</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B27">
-        <v>2631</v>
+        <v>1859</v>
       </c>
       <c r="C27" t="s">
-        <v>24</v>
+        <v>43</v>
       </c>
       <c r="D27" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="E27" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>45141</v>
+        <v>66</v>
+      </c>
+      <c r="F27">
+        <v>45804</v>
       </c>
       <c r="G27">
-        <v>250</v>
+        <v>6000</v>
       </c>
       <c r="H27">
-        <v>250</v>
+        <v>30700</v>
       </c>
       <c r="I27">
-        <v>41.18367319</v>
+        <v>41.312859669600002</v>
       </c>
       <c r="J27">
-        <v>-73.158277350000006</v>
+        <v>-72.928329662799996</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B28">
-        <v>2631</v>
+        <v>3676</v>
       </c>
       <c r="C28" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="D28" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E28" t="s">
         <v>19</v>
       </c>
-      <c r="F28" s="2">
-        <v>45128</v>
+      <c r="F28">
+        <v>45565</v>
       </c>
       <c r="G28">
-        <v>400</v>
+        <v>700</v>
       </c>
       <c r="H28">
-        <v>400</v>
+        <v>700</v>
       </c>
       <c r="I28">
-        <v>41.184180779999998</v>
+        <v>41.334937032399999</v>
       </c>
       <c r="J28">
-        <v>-73.156955760000002</v>
+        <v>-73.065974058699993</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B29">
-        <v>2505</v>
+        <v>1687</v>
       </c>
       <c r="C29" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="D29" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="E29" t="s">
         <v>19</v>
       </c>
-      <c r="F29" s="2">
-        <v>45190</v>
+      <c r="F29">
+        <v>45385</v>
       </c>
       <c r="G29">
-        <v>50</v>
+        <v>600</v>
       </c>
       <c r="H29">
-        <v>0</v>
+        <v>600</v>
       </c>
       <c r="I29">
-        <v>41.173042950000003</v>
+        <v>41.342321199399997</v>
       </c>
       <c r="J29">
-        <v>-73.1956335</v>
+        <v>-72.942446110800006</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B30">
-        <v>533</v>
+        <v>1605</v>
       </c>
       <c r="C30" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="D30" t="s">
-        <v>14</v>
+        <v>71</v>
       </c>
       <c r="E30" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>45222</v>
+        <v>19</v>
+      </c>
+      <c r="F30">
+        <v>45391</v>
       </c>
       <c r="G30">
-        <v>4000</v>
+        <v>999</v>
       </c>
       <c r="H30">
-        <v>4000</v>
+        <v>999</v>
       </c>
       <c r="I30">
-        <v>41.18377426</v>
+        <v>41.381639</v>
       </c>
       <c r="J30">
-        <v>-73.166939400000004</v>
+        <v>-73.044472999999996</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="B31">
-        <v>1702</v>
+        <v>2739</v>
       </c>
       <c r="C31" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D31" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="E31" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>45163</v>
+        <v>74</v>
+      </c>
+      <c r="F31">
+        <v>45408</v>
       </c>
       <c r="G31">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>26.574999999999999</v>
+        <v>2784.4</v>
       </c>
       <c r="I31">
-        <v>41.288962669999997</v>
+        <v>41.200416045499999</v>
       </c>
       <c r="J31">
-        <v>-72.874780869999995</v>
+        <v>-73.121762679400007</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B32">
-        <v>1440</v>
+        <v>1694</v>
       </c>
       <c r="C32" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="D32" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="E32" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>45119</v>
+        <v>74</v>
+      </c>
+      <c r="F32">
+        <v>45419</v>
       </c>
       <c r="G32">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>2459.4</v>
       </c>
       <c r="I32">
-        <v>41.257582569999997</v>
+        <v>41.360638638099999</v>
       </c>
       <c r="J32">
-        <v>-73.00178081</v>
+        <v>-72.923562083600004</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B33">
-        <v>1701</v>
+        <v>551</v>
       </c>
       <c r="C33" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="D33" t="s">
-        <v>52</v>
+        <v>14</v>
       </c>
       <c r="E33" t="s">
         <v>19</v>
       </c>
-      <c r="F33" s="2">
-        <v>45180</v>
+      <c r="F33">
+        <v>45460</v>
       </c>
       <c r="G33">
-        <v>2300</v>
+        <v>69.2</v>
+      </c>
+      <c r="H33">
+        <v>69.2</v>
       </c>
       <c r="I33">
-        <v>41.338349999999998</v>
+        <v>41.182351709999999</v>
       </c>
       <c r="J33">
-        <v>-72.870131000000001</v>
+        <v>-73.181311260000001</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" t="s">
+        <v>78</v>
+      </c>
+      <c r="B34">
+        <v>2739</v>
+      </c>
+      <c r="C34" t="s">
         <v>73</v>
       </c>
-      <c r="B34">
-[...2 lines deleted...]
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>25</v>
+      </c>
+      <c r="E34" t="s">
         <v>74</v>
       </c>
-      <c r="D34" t="s">
-[...6 lines deleted...]
-        <v>45314</v>
+      <c r="F34">
+        <v>45518</v>
       </c>
       <c r="G34">
-        <v>990</v>
+        <v>1247</v>
+      </c>
+      <c r="H34">
+        <v>1000</v>
       </c>
       <c r="I34">
-        <v>41.219208999999999</v>
+        <v>41.201881356900003</v>
       </c>
       <c r="J34">
-        <v>-73.099828000000002</v>
+        <v>-73.118547700299999</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B35">
-        <v>1440</v>
+        <v>3460</v>
       </c>
       <c r="C35" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="D35" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="E35" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>45176</v>
+        <v>74</v>
+      </c>
+      <c r="F35">
+        <v>45518</v>
       </c>
       <c r="G35">
-        <v>960</v>
+        <v>1247</v>
       </c>
       <c r="H35">
-        <v>960</v>
+        <v>750</v>
       </c>
       <c r="I35">
-        <v>41.259064369999997</v>
+        <v>41.291759038099997</v>
       </c>
       <c r="J35">
-        <v>-72.999577329999994</v>
+        <v>-73.112660821899993</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="B36">
-        <v>2633</v>
+        <v>1759</v>
       </c>
       <c r="C36" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="D36" t="s">
-        <v>25</v>
+        <v>56</v>
       </c>
       <c r="E36" t="s">
         <v>19</v>
       </c>
-      <c r="F36" s="2">
-        <v>45719</v>
+      <c r="F36">
+        <v>45680</v>
       </c>
       <c r="G36">
-        <v>840</v>
-[...2 lines deleted...]
-        <v>840</v>
+        <v>783</v>
       </c>
       <c r="I36">
-        <v>41.166489890000001</v>
+        <v>41.421733929600002</v>
       </c>
       <c r="J36">
-        <v>-73.146766580000005</v>
+        <v>-72.8410842113</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="B37">
-        <v>3542</v>
+        <v>1543</v>
       </c>
       <c r="C37" t="s">
-        <v>79</v>
+        <v>33</v>
       </c>
       <c r="D37" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="E37" t="s">
         <v>19</v>
       </c>
-      <c r="F37" s="2">
-        <v>45176</v>
+      <c r="F37">
+        <v>45449</v>
       </c>
       <c r="G37">
-        <v>500</v>
+        <v>960</v>
       </c>
       <c r="H37">
-        <v>500</v>
+        <v>960</v>
       </c>
       <c r="I37">
-        <v>41.266157360000001</v>
+        <v>41.326418178799997</v>
       </c>
       <c r="J37">
-        <v>-73.135428320000003</v>
+        <v>-72.830856107399995</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B38">
-        <v>2537</v>
+        <v>1608</v>
       </c>
       <c r="C38" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="D38" t="s">
-        <v>14</v>
+        <v>71</v>
       </c>
       <c r="E38" t="s">
         <v>19</v>
       </c>
-      <c r="F38" s="2">
-        <v>45236</v>
+      <c r="F38">
+        <v>45483</v>
       </c>
       <c r="G38">
-        <v>1108</v>
+        <v>4125</v>
       </c>
       <c r="H38">
-        <v>1108</v>
+        <v>4125</v>
       </c>
       <c r="I38">
-        <v>41.202002999999998</v>
+        <v>41.314520000000002</v>
       </c>
       <c r="J38">
-        <v>-73.201398999999995</v>
+        <v>-73.024253999999999</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="B39">
-        <v>1541</v>
+        <v>1702</v>
       </c>
       <c r="C39" t="s">
-        <v>35</v>
+        <v>86</v>
       </c>
       <c r="D39" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="E39" t="s">
         <v>19</v>
       </c>
-      <c r="F39" s="2">
-        <v>45327</v>
+      <c r="F39">
+        <v>45449</v>
       </c>
       <c r="G39">
-        <v>750</v>
+        <v>200</v>
       </c>
       <c r="H39">
-        <v>750</v>
+        <v>200</v>
       </c>
       <c r="I39">
-        <v>41.326889000000001</v>
+        <v>41.286589153900003</v>
       </c>
       <c r="J39">
-        <v>-72.883448999999999</v>
+        <v>-72.867163775700007</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="B40">
-        <v>633</v>
+        <v>2636</v>
       </c>
       <c r="C40" t="s">
-        <v>83</v>
+        <v>24</v>
       </c>
       <c r="D40" t="s">
-        <v>84</v>
+        <v>14</v>
       </c>
       <c r="E40" t="s">
         <v>19</v>
       </c>
-      <c r="F40" s="2">
-        <v>45316</v>
+      <c r="F40">
+        <v>45600</v>
       </c>
       <c r="G40">
-        <v>940</v>
+        <v>300</v>
+      </c>
+      <c r="H40">
+        <v>312</v>
       </c>
       <c r="I40">
-        <v>41.274546049999998</v>
+        <v>41.1710851307</v>
       </c>
       <c r="J40">
-        <v>-72.965513880000003</v>
+        <v>-73.159939467200005</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B41">
-        <v>1907</v>
+        <v>2636</v>
       </c>
       <c r="C41" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="D41" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E41" t="s">
         <v>19</v>
       </c>
-      <c r="F41" s="2">
-        <v>45407</v>
+      <c r="F41">
+        <v>45600</v>
       </c>
       <c r="G41">
-        <v>50</v>
+        <v>240</v>
       </c>
       <c r="H41">
-        <v>50</v>
+        <v>240</v>
       </c>
       <c r="I41">
-        <v>41.310810179999997</v>
+        <v>41.171851310000001</v>
       </c>
       <c r="J41">
-        <v>-72.951057309999996</v>
+        <v>-73.158826809999994</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="B42">
-        <v>533</v>
+        <v>2737</v>
       </c>
       <c r="C42" t="s">
-        <v>56</v>
+        <v>73</v>
       </c>
       <c r="D42" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="E42" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>45349</v>
+        <v>15</v>
+      </c>
+      <c r="F42">
+        <v>45476</v>
       </c>
       <c r="G42">
-        <v>50</v>
+        <v>4999</v>
+      </c>
+      <c r="H42">
+        <v>4999</v>
       </c>
       <c r="I42">
-        <v>41.184683</v>
+        <v>41.199424290700001</v>
       </c>
       <c r="J42">
-        <v>-73.173353000000006</v>
+        <v>-73.124939239300005</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B43">
-        <v>1431</v>
+        <v>1695</v>
       </c>
       <c r="C43" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="D43" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="E43" t="s">
         <v>19</v>
       </c>
-      <c r="F43" s="2">
-        <v>45407</v>
+      <c r="F43">
+        <v>45447</v>
       </c>
       <c r="G43">
-        <v>200</v>
+        <v>36.287999999999997</v>
       </c>
       <c r="H43">
-        <v>200</v>
+        <v>36.287999999999997</v>
       </c>
       <c r="I43">
-        <v>41.280140019999997</v>
+        <v>41.368024993600002</v>
       </c>
       <c r="J43">
-        <v>-72.988365139999999</v>
+        <v>-72.919265123000002</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B44">
-        <v>1646</v>
+        <v>514</v>
       </c>
       <c r="C44" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D44" t="s">
-        <v>52</v>
+        <v>71</v>
       </c>
       <c r="E44" t="s">
         <v>19</v>
       </c>
-      <c r="F44" s="2">
-        <v>45344</v>
+      <c r="F44">
+        <v>45460</v>
       </c>
       <c r="G44">
-        <v>27.3</v>
+        <v>2125</v>
       </c>
       <c r="H44">
-        <v>43.2</v>
+        <v>2125</v>
       </c>
       <c r="I44">
-        <v>41.36972617</v>
+        <v>41.302676919299998</v>
       </c>
       <c r="J44">
-        <v>-72.887143249999994</v>
+        <v>-73.148485894999993</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B45">
-        <v>1532</v>
+        <v>1648</v>
       </c>
       <c r="C45" t="s">
-        <v>21</v>
+        <v>94</v>
       </c>
       <c r="D45" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="E45" t="s">
         <v>19</v>
       </c>
-      <c r="F45" s="2">
-        <v>45376</v>
+      <c r="F45">
+        <v>45470</v>
       </c>
       <c r="G45">
-        <v>193</v>
+        <v>400</v>
       </c>
       <c r="H45">
-        <v>193</v>
+        <v>400</v>
       </c>
       <c r="I45">
-        <v>41.296317739999999</v>
+        <v>41.336951951700001</v>
       </c>
       <c r="J45">
-        <v>-72.935875769999996</v>
+        <v>-72.896484124699995</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="B46">
-        <v>1607</v>
+        <v>1648</v>
       </c>
       <c r="C46" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D46" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="E46" t="s">
         <v>19</v>
       </c>
-      <c r="F46" s="2">
-        <v>45376</v>
+      <c r="F46">
+        <v>45471</v>
       </c>
       <c r="G46">
-        <v>200</v>
+        <v>450</v>
       </c>
       <c r="H46">
-        <v>200</v>
+        <v>450</v>
       </c>
       <c r="I46">
-        <v>41.326333640000001</v>
+        <v>41.336934837100003</v>
       </c>
       <c r="J46">
-        <v>-72.953182299999995</v>
+        <v>-72.896458294300004</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B47">
-        <v>2742</v>
+        <v>2685</v>
       </c>
       <c r="C47" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D47" t="s">
         <v>14</v>
       </c>
       <c r="E47" t="s">
         <v>19</v>
       </c>
-      <c r="F47" s="2">
-        <v>45667</v>
+      <c r="F47">
+        <v>45957</v>
       </c>
       <c r="G47">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>760</v>
       </c>
       <c r="I47">
-        <v>41.196686999999997</v>
+        <v>41.212542291699997</v>
       </c>
       <c r="J47">
-        <v>-73.157561000000001</v>
+        <v>-73.230430867199999</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="B48">
-        <v>1859</v>
+        <v>2685</v>
       </c>
       <c r="C48" t="s">
-        <v>39</v>
+        <v>97</v>
       </c>
       <c r="D48" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="E48" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45804</v>
+        <v>19</v>
+      </c>
+      <c r="F48">
+        <v>45517</v>
       </c>
       <c r="G48">
-        <v>6000</v>
+        <v>210</v>
       </c>
       <c r="H48">
-        <v>30700</v>
+        <v>210</v>
       </c>
       <c r="I48">
-        <v>41.312859670000002</v>
+        <v>41.212706299899999</v>
       </c>
       <c r="J48">
-        <v>-72.928329660000003</v>
+        <v>-73.2305453468</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B49">
-        <v>3676</v>
+        <v>2640</v>
       </c>
       <c r="C49" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="D49" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="E49" t="s">
         <v>19</v>
       </c>
-      <c r="F49" s="2">
-        <v>45565</v>
+      <c r="F49">
+        <v>45496</v>
       </c>
       <c r="G49">
-        <v>700</v>
+        <v>112.5</v>
       </c>
       <c r="H49">
-        <v>700</v>
+        <v>112.5</v>
       </c>
       <c r="I49">
-        <v>41.334937029999999</v>
+        <v>41.185960000000001</v>
       </c>
       <c r="J49">
-        <v>-73.065974060000002</v>
+        <v>-73.133260000000007</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B50">
-        <v>1687</v>
+        <v>1851</v>
       </c>
       <c r="C50" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="D50" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="E50" t="s">
         <v>19</v>
       </c>
-      <c r="F50" s="2">
-        <v>45385</v>
+      <c r="F50">
+        <v>45504</v>
       </c>
       <c r="G50">
-        <v>600</v>
+        <v>50</v>
       </c>
       <c r="H50">
-        <v>600</v>
+        <v>50</v>
       </c>
       <c r="I50">
-        <v>41.342321200000001</v>
+        <v>41.304364</v>
       </c>
       <c r="J50">
-        <v>-72.942446110000006</v>
+        <v>-72.923519999999996</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B51">
-        <v>1605</v>
+        <v>2550</v>
       </c>
       <c r="C51" t="s">
-        <v>92</v>
+        <v>45</v>
       </c>
       <c r="D51" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
       <c r="E51" t="s">
         <v>19</v>
       </c>
-      <c r="F51" s="2">
-        <v>45391</v>
+      <c r="F51">
+        <v>45531</v>
       </c>
       <c r="G51">
-        <v>999</v>
+        <v>200</v>
       </c>
       <c r="H51">
-        <v>999</v>
+        <v>200</v>
       </c>
       <c r="I51">
-        <v>41.381639</v>
+        <v>41.176855637800003</v>
       </c>
       <c r="J51">
-        <v>-73.044472999999996</v>
+        <v>-73.221709937499995</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B52">
-        <v>2739</v>
+        <v>1702</v>
       </c>
       <c r="C52" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="D52" t="s">
-        <v>25</v>
+        <v>103</v>
       </c>
       <c r="E52" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>45408</v>
+        <v>19</v>
+      </c>
+      <c r="F52">
+        <v>45555</v>
       </c>
       <c r="G52">
-        <v>2784.4</v>
+        <v>200</v>
+      </c>
+      <c r="H52">
+        <v>200</v>
       </c>
       <c r="I52">
-        <v>41.200416050000001</v>
+        <v>41.285945595299999</v>
       </c>
       <c r="J52">
-        <v>-73.121762680000003</v>
+        <v>-72.865560525899994</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B53">
-        <v>1694</v>
+        <v>1684</v>
       </c>
       <c r="C53" t="s">
         <v>27</v>
       </c>
       <c r="D53" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E53" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>45419</v>
+        <v>19</v>
+      </c>
+      <c r="F53">
+        <v>45573</v>
       </c>
       <c r="G53">
-        <v>2459.4</v>
+        <v>200</v>
+      </c>
+      <c r="H53">
+        <v>200</v>
       </c>
       <c r="I53">
-        <v>41.360638639999998</v>
+        <v>41.357115241599999</v>
       </c>
       <c r="J53">
-        <v>-72.923562079999996</v>
+        <v>-72.926160824099995</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B54">
-        <v>551</v>
+        <v>1545</v>
       </c>
       <c r="C54" t="s">
-        <v>56</v>
+        <v>33</v>
       </c>
       <c r="D54" t="s">
-        <v>14</v>
+        <v>106</v>
       </c>
       <c r="E54" t="s">
         <v>19</v>
       </c>
-      <c r="F54" s="2">
-        <v>45460</v>
+      <c r="F54">
+        <v>45533</v>
       </c>
       <c r="G54">
-        <v>69.2</v>
-[...2 lines deleted...]
-        <v>69.2</v>
+        <v>200</v>
       </c>
       <c r="I54">
-        <v>41.182351709999999</v>
+        <v>41.321891999999998</v>
       </c>
       <c r="J54">
-        <v>-73.181311260000001</v>
+        <v>-72.772041000000002</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B55">
-        <v>2739</v>
+        <v>1640</v>
       </c>
       <c r="C55" t="s">
-        <v>94</v>
+        <v>108</v>
       </c>
       <c r="D55" t="s">
-        <v>25</v>
+        <v>56</v>
       </c>
       <c r="E55" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>45518</v>
+        <v>19</v>
+      </c>
+      <c r="F55">
+        <v>45692</v>
       </c>
       <c r="G55">
-        <v>1247</v>
-[...2 lines deleted...]
-        <v>1000</v>
+        <v>150</v>
       </c>
       <c r="I55">
-        <v>41.201881360000002</v>
+        <v>41.364835939999999</v>
       </c>
       <c r="J55">
-        <v>-73.118547699999993</v>
+        <v>-72.863384409999995</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B56">
-        <v>3460</v>
+        <v>3671</v>
       </c>
       <c r="C56" t="s">
-        <v>107</v>
+        <v>17</v>
       </c>
       <c r="D56" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="E56" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>45518</v>
+        <v>19</v>
+      </c>
+      <c r="F56">
+        <v>45575</v>
       </c>
       <c r="G56">
-        <v>1247</v>
+        <v>100</v>
       </c>
       <c r="H56">
-        <v>750</v>
+        <v>100</v>
       </c>
       <c r="I56">
-        <v>41.291759040000002</v>
+        <v>41.336864320300002</v>
       </c>
       <c r="J56">
-        <v>-73.112660820000002</v>
+        <v>-73.084314265200007</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B57">
-        <v>1759</v>
+        <v>3633</v>
       </c>
       <c r="C57" t="s">
-        <v>33</v>
+        <v>111</v>
       </c>
       <c r="D57" t="s">
-        <v>52</v>
+        <v>112</v>
       </c>
       <c r="E57" t="s">
         <v>19</v>
       </c>
-      <c r="F57" s="2">
-        <v>45680</v>
+      <c r="F57">
+        <v>45677</v>
       </c>
       <c r="G57">
-        <v>783</v>
+        <v>160</v>
+      </c>
+      <c r="H57">
+        <v>160</v>
       </c>
       <c r="I57">
-        <v>41.421733930000002</v>
+        <v>41.224696915700001</v>
       </c>
       <c r="J57">
-        <v>-72.841084210000005</v>
+        <v>-73.046578042299998</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B58">
-        <v>633</v>
+        <v>2660</v>
       </c>
       <c r="C58" t="s">
-        <v>83</v>
+        <v>114</v>
       </c>
       <c r="D58" t="s">
-        <v>84</v>
+        <v>115</v>
       </c>
       <c r="E58" t="s">
         <v>19</v>
       </c>
-      <c r="F58" s="2">
-        <v>45429</v>
+      <c r="F58">
+        <v>45849</v>
       </c>
       <c r="G58">
-        <v>433</v>
-[...2 lines deleted...]
-        <v>433</v>
+        <v>150</v>
       </c>
       <c r="I58">
-        <v>41.273486689999999</v>
+        <v>41.229128968099999</v>
       </c>
       <c r="J58">
-        <v>-72.964831399999994</v>
+        <v>-73.199156056800007</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="B59">
-        <v>1520</v>
+        <v>1694</v>
       </c>
       <c r="C59" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="D59" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="E59" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>45491</v>
+        <v>19</v>
+      </c>
+      <c r="F59">
+        <v>45687</v>
       </c>
       <c r="G59">
-        <v>900</v>
+        <v>75</v>
       </c>
       <c r="H59">
-        <v>900</v>
+        <v>75</v>
       </c>
       <c r="I59">
-        <v>41.292188000000003</v>
+        <v>41.365032338799999</v>
       </c>
       <c r="J59">
-        <v>-72.925369000000003</v>
+        <v>-72.922850414999999</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="B60">
-        <v>1543</v>
+        <v>1542</v>
       </c>
       <c r="C60" t="s">
-        <v>35</v>
+        <v>118</v>
       </c>
       <c r="D60" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="E60" t="s">
         <v>19</v>
       </c>
-      <c r="F60" s="2">
-        <v>45449</v>
+      <c r="F60">
+        <v>45687</v>
       </c>
       <c r="G60">
-        <v>960</v>
+        <v>4980</v>
       </c>
       <c r="H60">
-        <v>960</v>
+        <v>4980</v>
       </c>
       <c r="I60">
-        <v>41.326418179999997</v>
+        <v>41.371872260000004</v>
       </c>
       <c r="J60">
-        <v>-72.830856109999999</v>
+        <v>-72.826279869999993</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="B61">
-        <v>1608</v>
+        <v>1913</v>
       </c>
       <c r="C61" t="s">
-        <v>92</v>
+        <v>120</v>
       </c>
       <c r="D61" t="s">
-        <v>100</v>
+        <v>22</v>
       </c>
       <c r="E61" t="s">
         <v>19</v>
       </c>
-      <c r="F61" s="2">
-        <v>45483</v>
+      <c r="F61">
+        <v>45720</v>
       </c>
       <c r="G61">
-        <v>4250</v>
-[...2 lines deleted...]
-        <v>4250</v>
+        <v>200</v>
       </c>
       <c r="I61">
-        <v>41.314520000000002</v>
+        <v>41.323632439999997</v>
       </c>
       <c r="J61">
-        <v>-73.024253999999999</v>
+        <v>-72.928175240000002</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="B62">
-        <v>1702</v>
+        <v>1541</v>
       </c>
       <c r="C62" t="s">
-        <v>69</v>
+        <v>118</v>
       </c>
       <c r="D62" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="E62" t="s">
         <v>19</v>
       </c>
-      <c r="F62" s="2">
-        <v>45449</v>
+      <c r="F62">
+        <v>45709</v>
       </c>
       <c r="G62">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>966</v>
       </c>
       <c r="I62">
-        <v>41.286589149999998</v>
+        <v>41.32148127</v>
       </c>
       <c r="J62">
-        <v>-72.867163779999998</v>
+        <v>-72.88140267</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="B63">
-        <v>1543</v>
+        <v>550</v>
       </c>
       <c r="C63" t="s">
-        <v>35</v>
+        <v>123</v>
       </c>
       <c r="D63" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="E63" t="s">
         <v>19</v>
       </c>
-      <c r="F63" s="2">
-        <v>45450</v>
+      <c r="F63">
+        <v>45693</v>
       </c>
       <c r="G63">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>4999</v>
       </c>
       <c r="I63">
-        <v>41.326805960000002</v>
+        <v>41.204560000000001</v>
       </c>
       <c r="J63">
-        <v>-72.83617117</v>
+        <v>-73.172700000000006</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="B64">
-        <v>3631</v>
+        <v>3657</v>
       </c>
       <c r="C64" t="s">
-        <v>74</v>
+        <v>125</v>
       </c>
       <c r="D64" t="s">
-        <v>75</v>
+        <v>112</v>
       </c>
       <c r="E64" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>45449</v>
+        <v>19</v>
+      </c>
+      <c r="F64">
+        <v>45702</v>
       </c>
       <c r="G64">
-        <v>483</v>
-[...2 lines deleted...]
-        <v>483</v>
+        <v>225</v>
       </c>
       <c r="I64">
-        <v>41.238230440000002</v>
+        <v>41.233346843100001</v>
       </c>
       <c r="J64">
-        <v>-73.05757577</v>
+        <v>-73.044939343600007</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" t="s">
-        <v>116</v>
+        <v>126</v>
       </c>
       <c r="B65">
-        <v>2636</v>
+        <v>2548</v>
       </c>
       <c r="C65" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="D65" t="s">
-        <v>14</v>
+        <v>127</v>
       </c>
       <c r="E65" t="s">
         <v>19</v>
       </c>
-      <c r="F65" s="2">
-        <v>45600</v>
+      <c r="F65">
+        <v>45729</v>
       </c>
       <c r="G65">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>312</v>
+        <v>950</v>
       </c>
       <c r="I65">
-        <v>41.171085130000002</v>
+        <v>41.202572077699998</v>
       </c>
       <c r="J65">
-        <v>-73.159939469999998</v>
+        <v>-73.175600590299993</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" t="s">
-        <v>117</v>
+        <v>128</v>
       </c>
       <c r="B66">
-        <v>2636</v>
+        <v>1602</v>
       </c>
       <c r="C66" t="s">
-        <v>24</v>
+        <v>70</v>
       </c>
       <c r="D66" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="E66" t="s">
         <v>19</v>
       </c>
-      <c r="F66" s="2">
-        <v>45600</v>
+      <c r="F66">
+        <v>45706</v>
       </c>
       <c r="G66">
-        <v>240</v>
+        <v>121</v>
       </c>
       <c r="H66">
-        <v>240</v>
+        <v>75</v>
       </c>
       <c r="I66">
-        <v>41.171851310000001</v>
+        <v>41.347140936800002</v>
       </c>
       <c r="J66">
-        <v>-73.158826809999994</v>
+        <v>-72.975852626399998</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" t="s">
-        <v>118</v>
+        <v>129</v>
       </c>
       <c r="B67">
-        <v>1695</v>
+        <v>1645</v>
       </c>
       <c r="C67" t="s">
-        <v>27</v>
+        <v>94</v>
       </c>
       <c r="D67" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E67" t="s">
         <v>19</v>
       </c>
-      <c r="F67" s="2">
-        <v>45447</v>
+      <c r="F67">
+        <v>45736</v>
       </c>
       <c r="G67">
-        <v>36.287999999999997</v>
-[...2 lines deleted...]
-        <v>36.287999999999997</v>
+        <v>3525</v>
       </c>
       <c r="I67">
-        <v>41.368024990000002</v>
+        <v>41.347761471399998</v>
       </c>
       <c r="J67">
-        <v>-72.919265120000006</v>
+        <v>-73.024903315499998</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" t="s">
-        <v>119</v>
+        <v>130</v>
       </c>
       <c r="B68">
-        <v>1706</v>
+        <v>2507</v>
       </c>
       <c r="C68" t="s">
-        <v>69</v>
+        <v>13</v>
       </c>
       <c r="D68" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="E68" t="s">
         <v>19</v>
       </c>
-      <c r="F68" s="2">
-        <v>45455</v>
+      <c r="F68">
+        <v>45770</v>
       </c>
       <c r="G68">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I68">
-        <v>41.280067029999998</v>
+        <v>41.171408832899999</v>
       </c>
       <c r="J68">
-        <v>-72.880766100000002</v>
+        <v>-73.188073250399995</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" t="s">
-        <v>120</v>
+        <v>131</v>
       </c>
       <c r="B69">
-        <v>514</v>
+        <v>3543</v>
       </c>
       <c r="C69" t="s">
-        <v>121</v>
+        <v>132</v>
       </c>
       <c r="D69" t="s">
+        <v>81</v>
+      </c>
+      <c r="E69" t="s">
+        <v>19</v>
+      </c>
+      <c r="F69">
+        <v>45813</v>
+      </c>
+      <c r="G69">
         <v>100</v>
       </c>
-      <c r="E69" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I69">
-        <v>41.302676920000003</v>
+        <v>41.264425942800003</v>
       </c>
       <c r="J69">
-        <v>-73.148485899999997</v>
+        <v>-73.093110987000003</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" t="s">
-        <v>122</v>
+        <v>133</v>
       </c>
       <c r="B70">
-        <v>1648</v>
+        <v>1689</v>
       </c>
       <c r="C70" t="s">
-        <v>89</v>
+        <v>27</v>
       </c>
       <c r="D70" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E70" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>45470</v>
+        <v>15</v>
+      </c>
+      <c r="F70">
+        <v>45845</v>
       </c>
       <c r="G70">
-        <v>400</v>
-[...2 lines deleted...]
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="I70">
-        <v>41.33695195</v>
+        <v>41.417585389999999</v>
       </c>
       <c r="J70">
-        <v>-72.896484119999997</v>
+        <v>-72.897448269999998</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" t="s">
-        <v>123</v>
+        <v>134</v>
       </c>
       <c r="B71">
-        <v>1648</v>
+        <v>1758</v>
       </c>
       <c r="C71" t="s">
-        <v>89</v>
+        <v>30</v>
       </c>
       <c r="D71" t="s">
-        <v>28</v>
+        <v>56</v>
       </c>
       <c r="E71" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>45471</v>
+        <v>15</v>
+      </c>
+      <c r="F71">
+        <v>45845</v>
       </c>
       <c r="G71">
-        <v>450</v>
-[...2 lines deleted...]
-        <v>450</v>
+        <v>920</v>
       </c>
       <c r="I71">
-        <v>41.336934839999998</v>
+        <v>41.414762468900001</v>
       </c>
       <c r="J71">
-        <v>-72.896458289999998</v>
+        <v>-72.836505481000003</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" t="s">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="B72">
-        <v>3677</v>
+        <v>1685</v>
       </c>
       <c r="C72" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D72" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="E72" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>45484</v>
+        <v>15</v>
+      </c>
+      <c r="F72">
+        <v>45845</v>
       </c>
       <c r="G72">
-        <v>3900</v>
+        <v>1137</v>
       </c>
       <c r="I72">
-        <v>41.345944490000001</v>
+        <v>41.417802751000004</v>
       </c>
       <c r="J72">
-        <v>-73.07968631</v>
+        <v>-72.910513039400001</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" t="s">
-        <v>125</v>
+        <v>136</v>
       </c>
       <c r="B73">
-        <v>2685</v>
+        <v>1529</v>
       </c>
       <c r="C73" t="s">
-        <v>126</v>
+        <v>21</v>
       </c>
       <c r="D73" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="E73" t="s">
         <v>19</v>
       </c>
-      <c r="F73" s="2">
-        <v>45517</v>
+      <c r="F73">
+        <v>45778</v>
       </c>
       <c r="G73">
-        <v>680</v>
+        <v>1824.4</v>
       </c>
       <c r="I73">
-        <v>41.212542290000002</v>
+        <v>41.296341715499999</v>
       </c>
       <c r="J73">
-        <v>-73.230430870000006</v>
+        <v>-72.918931073099998</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" t="s">
-        <v>127</v>
+        <v>137</v>
       </c>
       <c r="B74">
-        <v>2685</v>
+        <v>2516</v>
       </c>
       <c r="C74" t="s">
-        <v>126</v>
+        <v>13</v>
       </c>
       <c r="D74" t="s">
         <v>14</v>
       </c>
       <c r="E74" t="s">
         <v>19</v>
       </c>
-      <c r="F74" s="2">
-        <v>45517</v>
+      <c r="F74">
+        <v>45783</v>
       </c>
       <c r="G74">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>210</v>
+        <v>318.97500000000002</v>
       </c>
       <c r="I74">
-        <v>41.212706300000001</v>
+        <v>41.167110048300003</v>
       </c>
       <c r="J74">
-        <v>-73.23054535</v>
+        <v>-73.199766703700007</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" t="s">
-        <v>128</v>
+        <v>138</v>
       </c>
       <c r="B75">
-        <v>2640</v>
+        <v>3543</v>
       </c>
       <c r="C75" t="s">
-        <v>24</v>
+        <v>132</v>
       </c>
       <c r="D75" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="E75" t="s">
         <v>19</v>
       </c>
-      <c r="F75" s="2">
-        <v>45496</v>
+      <c r="F75">
+        <v>45813</v>
       </c>
       <c r="G75">
-        <v>112.5</v>
-[...2 lines deleted...]
-        <v>112.5</v>
+        <v>200</v>
       </c>
       <c r="I75">
-        <v>41.185960000000001</v>
+        <v>41.264841451000002</v>
       </c>
       <c r="J75">
-        <v>-73.133260000000007</v>
+        <v>-73.090604534199997</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" t="s">
-        <v>129</v>
+        <v>139</v>
       </c>
       <c r="B76">
-        <v>1851</v>
+        <v>2507</v>
       </c>
       <c r="C76" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="D76" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="E76" t="s">
         <v>19</v>
       </c>
-      <c r="F76" s="2">
-        <v>45504</v>
+      <c r="F76">
+        <v>45839</v>
       </c>
       <c r="G76">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I76">
-        <v>41.304364</v>
+        <v>41.169989197600003</v>
       </c>
       <c r="J76">
-        <v>-72.923519999999996</v>
+        <v>-73.188259499099999</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" t="s">
-        <v>130</v>
+        <v>140</v>
       </c>
       <c r="B77">
-        <v>2550</v>
+        <v>1686</v>
       </c>
       <c r="C77" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="D77" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="E77" t="s">
         <v>19</v>
       </c>
-      <c r="F77" s="2">
-        <v>45531</v>
+      <c r="F77">
+        <v>45792</v>
       </c>
       <c r="G77">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>348</v>
       </c>
       <c r="I77">
-        <v>41.176855639999999</v>
+        <v>41.357486424500003</v>
       </c>
       <c r="J77">
-        <v>-73.221709939999997</v>
+        <v>-72.961760444399999</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="B78">
-        <v>1702</v>
+        <v>2640</v>
       </c>
       <c r="C78" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="D78" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="E78" t="s">
         <v>19</v>
       </c>
-      <c r="F78" s="2">
-        <v>45555</v>
+      <c r="F78">
+        <v>45828</v>
       </c>
       <c r="G78">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>34.6</v>
       </c>
       <c r="I78">
-        <v>41.285945599999998</v>
+        <v>41.1872027402</v>
       </c>
       <c r="J78">
-        <v>-72.865560529999996</v>
+        <v>-73.131886816900007</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B79">
-        <v>1684</v>
+        <v>533</v>
       </c>
       <c r="C79" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="D79" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="E79" t="s">
         <v>19</v>
       </c>
-      <c r="F79" s="2">
-        <v>45573</v>
+      <c r="F79">
+        <v>45833</v>
       </c>
       <c r="G79">
         <v>200</v>
       </c>
-      <c r="H79">
-[...1 lines deleted...]
-      </c>
       <c r="I79">
-        <v>41.357115239999999</v>
+        <v>41.1810238001</v>
       </c>
       <c r="J79">
-        <v>-72.926160820000007</v>
+        <v>-73.169053838799996</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>1545</v>
+        <v>143</v>
+      </c>
+      <c r="B80" t="s">
+        <v>144</v>
       </c>
       <c r="C80" t="s">
+        <v>43</v>
+      </c>
+      <c r="D80" t="s">
+        <v>22</v>
+      </c>
+      <c r="E80" t="s">
+        <v>66</v>
+      </c>
+      <c r="F80">
+        <v>45835</v>
+      </c>
+      <c r="G80">
         <v>35</v>
       </c>
-      <c r="D80" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I80">
-        <v>41.321891999999998</v>
+        <v>41.3069209875</v>
       </c>
       <c r="J80">
-        <v>-72.772041000000002</v>
+        <v>-72.934256063999996</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" t="s">
-        <v>134</v>
+        <v>145</v>
       </c>
       <c r="B81">
-        <v>2538</v>
+        <v>3652</v>
       </c>
       <c r="C81" t="s">
-        <v>56</v>
+        <v>125</v>
       </c>
       <c r="D81" t="s">
-        <v>14</v>
+        <v>146</v>
       </c>
       <c r="E81" t="s">
         <v>19</v>
       </c>
-      <c r="F81" s="2">
-        <v>45546</v>
+      <c r="F81">
+        <v>45860</v>
       </c>
       <c r="G81">
-        <v>43.2</v>
+        <v>966</v>
       </c>
       <c r="I81">
-        <v>41.189706459999996</v>
+        <v>41.233176717500001</v>
       </c>
       <c r="J81">
-        <v>-73.207353699999999</v>
+        <v>-73.022455852199997</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" t="s">
-        <v>135</v>
+        <v>147</v>
       </c>
       <c r="B82">
-        <v>1640</v>
+        <v>3675</v>
       </c>
       <c r="C82" t="s">
-        <v>89</v>
+        <v>17</v>
       </c>
       <c r="D82" t="s">
-        <v>52</v>
+        <v>148</v>
       </c>
       <c r="E82" t="s">
         <v>19</v>
       </c>
-      <c r="F82" s="2">
-        <v>45692</v>
+      <c r="F82">
+        <v>45860</v>
       </c>
       <c r="G82">
-        <v>150</v>
+        <v>966</v>
       </c>
       <c r="I82">
-        <v>41.364835939999999</v>
+        <v>41.314685216500003</v>
       </c>
       <c r="J82">
-        <v>-72.863384409999995</v>
+        <v>-73.059340720999998</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" t="s">
-        <v>136</v>
+        <v>149</v>
       </c>
       <c r="B83">
-        <v>2635</v>
+        <v>1912</v>
       </c>
       <c r="C83" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="D83" t="s">
-        <v>25</v>
+        <v>64</v>
       </c>
       <c r="E83" t="s">
         <v>19</v>
       </c>
-      <c r="F83" s="2">
-        <v>45569</v>
+      <c r="F83">
+        <v>45930</v>
       </c>
       <c r="G83">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>108</v>
       </c>
       <c r="I83">
-        <v>41.171725860000002</v>
+        <v>41.324339151499998</v>
       </c>
       <c r="J83">
-        <v>-73.147227169999994</v>
+        <v>-72.922892134099996</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" t="s">
-        <v>137</v>
+        <v>150</v>
       </c>
       <c r="B84">
-        <v>3671</v>
+        <v>1695</v>
       </c>
       <c r="C84" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D84" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="E84" t="s">
         <v>19</v>
       </c>
-      <c r="F84" s="2">
-        <v>45575</v>
+      <c r="F84">
+        <v>45887</v>
       </c>
       <c r="G84">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>440</v>
       </c>
       <c r="I84">
-        <v>41.336864319999997</v>
+        <v>41.369471979899998</v>
       </c>
       <c r="J84">
-        <v>-73.084314269999993</v>
+        <v>-72.920139325199997</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" t="s">
-        <v>138</v>
+        <v>151</v>
       </c>
       <c r="B85">
-        <v>1690</v>
+        <v>3659</v>
       </c>
       <c r="C85" t="s">
-        <v>27</v>
+        <v>125</v>
       </c>
       <c r="D85" t="s">
-        <v>28</v>
+        <v>112</v>
       </c>
       <c r="E85" t="s">
         <v>19</v>
       </c>
-      <c r="F85" s="2">
-        <v>45587</v>
+      <c r="F85">
+        <v>45867</v>
       </c>
       <c r="G85">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>140</v>
+        <v>540</v>
       </c>
       <c r="I85">
-        <v>41.380791899999998</v>
+        <v>41.250373290399999</v>
       </c>
       <c r="J85">
-        <v>-72.916081719999994</v>
+        <v>-73.042104457099995</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" t="s">
-        <v>139</v>
+        <v>152</v>
       </c>
       <c r="B86">
-        <v>3633</v>
+        <v>3671</v>
       </c>
       <c r="C86" t="s">
-        <v>74</v>
+        <v>17</v>
       </c>
       <c r="D86" t="s">
-        <v>75</v>
+        <v>18</v>
       </c>
       <c r="E86" t="s">
         <v>19</v>
       </c>
-      <c r="F86" s="2">
-        <v>45677</v>
+      <c r="F86">
+        <v>45869</v>
       </c>
       <c r="G86">
-        <v>160</v>
-[...2 lines deleted...]
-        <v>160</v>
+        <v>296</v>
       </c>
       <c r="I86">
-        <v>41.22469692</v>
+        <v>41.3528140198</v>
       </c>
       <c r="J86">
-        <v>-73.04657804</v>
+        <v>-73.1009583357</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" t="s">
-        <v>140</v>
+        <v>153</v>
       </c>
       <c r="B87">
-        <v>2660</v>
+        <v>3674</v>
       </c>
       <c r="C87" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="D87" t="s">
-        <v>141</v>
+        <v>154</v>
       </c>
       <c r="E87" t="s">
         <v>19</v>
       </c>
-      <c r="F87" s="2">
-        <v>45849</v>
+      <c r="F87">
+        <v>45868</v>
       </c>
       <c r="G87">
-        <v>150</v>
+        <v>2000</v>
       </c>
       <c r="I87">
-        <v>41.229128969999998</v>
+        <v>41.3477483765</v>
       </c>
       <c r="J87">
-        <v>-73.199156060000007</v>
+        <v>-73.1194393257</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" t="s">
-        <v>142</v>
+        <v>155</v>
       </c>
       <c r="B88">
-        <v>1694</v>
+        <v>3674</v>
       </c>
       <c r="C88" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="D88" t="s">
-        <v>28</v>
+        <v>154</v>
       </c>
       <c r="E88" t="s">
         <v>19</v>
       </c>
-      <c r="F88" s="2">
-        <v>45687</v>
+      <c r="F88">
+        <v>45868</v>
       </c>
       <c r="G88">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>2000</v>
       </c>
       <c r="I88">
-        <v>41.365032339999999</v>
+        <v>41.3477483765</v>
       </c>
       <c r="J88">
-        <v>-72.922850420000003</v>
+        <v>-73.1194393257</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" t="s">
-        <v>143</v>
+        <v>156</v>
       </c>
       <c r="B89">
-        <v>1542</v>
+        <v>3674</v>
       </c>
       <c r="C89" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="D89" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="E89" t="s">
         <v>19</v>
       </c>
-      <c r="F89" s="2">
-        <v>45687</v>
+      <c r="F89">
+        <v>45868</v>
       </c>
       <c r="G89">
-        <v>4980</v>
-[...2 lines deleted...]
-        <v>4980</v>
+        <v>2000</v>
       </c>
       <c r="I89">
-        <v>41.371872260000004</v>
+        <v>41.3477483765</v>
       </c>
       <c r="J89">
-        <v>-72.826279869999993</v>
+        <v>-73.1194393257</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" t="s">
-        <v>145</v>
+        <v>157</v>
       </c>
       <c r="B90">
-        <v>1913</v>
+        <v>3633</v>
       </c>
       <c r="C90" t="s">
-        <v>39</v>
+        <v>111</v>
       </c>
       <c r="D90" t="s">
-        <v>22</v>
+        <v>112</v>
       </c>
       <c r="E90" t="s">
         <v>19</v>
       </c>
-      <c r="F90" s="2">
-        <v>45720</v>
+      <c r="F90">
+        <v>45870</v>
       </c>
       <c r="G90">
-        <v>200</v>
+        <v>125</v>
       </c>
       <c r="I90">
-        <v>41.323632439999997</v>
+        <v>41.224835710299999</v>
       </c>
       <c r="J90">
-        <v>-72.928175240000002</v>
+        <v>-73.041413174300004</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" t="s">
-        <v>146</v>
+        <v>158</v>
       </c>
       <c r="B91">
-        <v>1541</v>
+        <v>1756</v>
       </c>
       <c r="C91" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="D91" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="E91" t="s">
         <v>19</v>
       </c>
-      <c r="F91" s="2">
-        <v>45709</v>
+      <c r="F91">
+        <v>45876</v>
       </c>
       <c r="G91">
-        <v>966</v>
+        <v>50</v>
       </c>
       <c r="I91">
-        <v>41.32148127</v>
+        <v>41.391067798400002</v>
       </c>
       <c r="J91">
-        <v>-72.88140267</v>
+        <v>-72.866776086900003</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" t="s">
-        <v>147</v>
+        <v>159</v>
       </c>
       <c r="B92">
-        <v>2644</v>
+        <v>2631</v>
       </c>
       <c r="C92" t="s">
         <v>24</v>
       </c>
       <c r="D92" t="s">
         <v>14</v>
       </c>
       <c r="E92" t="s">
         <v>19</v>
       </c>
-      <c r="F92" s="2">
-        <v>45693</v>
+      <c r="F92">
+        <v>45877</v>
       </c>
       <c r="G92">
-        <v>4999</v>
+        <v>50</v>
       </c>
       <c r="I92">
-        <v>41.205604999999998</v>
+        <v>41.1768704992</v>
       </c>
       <c r="J92">
-        <v>-73.166492000000005</v>
+        <v>-73.163151901500001</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" t="s">
-        <v>148</v>
+        <v>160</v>
       </c>
       <c r="B93">
-        <v>3657</v>
+        <v>3466</v>
       </c>
       <c r="C93" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="D93" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="E93" t="s">
         <v>19</v>
       </c>
-      <c r="F93" s="2">
-        <v>45702</v>
+      <c r="F93">
+        <v>45882</v>
       </c>
       <c r="G93">
-        <v>225</v>
+        <v>100</v>
       </c>
       <c r="I93">
-        <v>41.233346840000003</v>
+        <v>41.282086720400002</v>
       </c>
       <c r="J93">
-        <v>-73.044939339999999</v>
+        <v>-73.109745675599996</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" t="s">
-        <v>149</v>
+        <v>161</v>
       </c>
       <c r="B94">
-        <v>2548</v>
+        <v>3466</v>
       </c>
       <c r="C94" t="s">
-        <v>56</v>
+        <v>80</v>
       </c>
       <c r="D94" t="s">
-        <v>14</v>
+        <v>81</v>
       </c>
       <c r="E94" t="s">
         <v>19</v>
       </c>
-      <c r="F94" s="2">
-        <v>45729</v>
+      <c r="F94">
+        <v>45882</v>
       </c>
       <c r="G94">
-        <v>950</v>
+        <v>100</v>
       </c>
       <c r="I94">
-        <v>41.202572080000003</v>
+        <v>41.2822887632</v>
       </c>
       <c r="J94">
-        <v>-73.175600590000002</v>
+        <v>-73.109453960400003</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>1602</v>
+        <v>162</v>
       </c>
       <c r="C95" t="s">
-        <v>92</v>
+        <v>63</v>
       </c>
       <c r="D95" t="s">
-        <v>100</v>
+        <v>22</v>
       </c>
       <c r="E95" t="s">
         <v>19</v>
       </c>
-      <c r="F95" s="2">
-        <v>45706</v>
+      <c r="F95">
+        <v>45947</v>
       </c>
       <c r="G95">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>383.8</v>
       </c>
       <c r="I95">
-        <v>41.347140940000003</v>
+        <v>41.324339151499998</v>
       </c>
       <c r="J95">
-        <v>-72.975852630000006</v>
+        <v>-72.922892134099996</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" t="s">
-        <v>151</v>
+        <v>163</v>
       </c>
       <c r="B96">
-        <v>1608</v>
+        <v>1645</v>
       </c>
       <c r="C96" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D96" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="E96" t="s">
         <v>19</v>
       </c>
-      <c r="F96" s="2">
-        <v>45736</v>
+      <c r="F96">
+        <v>45904</v>
       </c>
       <c r="G96">
-        <v>3525</v>
+        <v>3004.98</v>
       </c>
       <c r="I96">
-        <v>41.347761470000002</v>
+        <v>41.369158069999997</v>
       </c>
       <c r="J96">
-        <v>-73.024903320000007</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10">
+        <v>-72.83345731</v>
+      </c>
+    </row>
+    <row r="97" spans="1:12">
       <c r="A97" t="s">
-        <v>152</v>
+        <v>164</v>
       </c>
       <c r="B97">
-        <v>2631</v>
+        <v>2687</v>
       </c>
       <c r="C97" t="s">
-        <v>24</v>
+        <v>97</v>
       </c>
       <c r="D97" t="s">
-        <v>25</v>
+        <v>115</v>
       </c>
       <c r="E97" t="s">
         <v>19</v>
       </c>
-      <c r="F97" s="2">
-        <v>45730</v>
+      <c r="F97">
+        <v>45911</v>
       </c>
       <c r="G97">
-        <v>50</v>
+        <v>33.299999999999997</v>
       </c>
       <c r="I97">
-        <v>41.184400619999998</v>
+        <v>41.288749430000003</v>
       </c>
       <c r="J97">
-        <v>-73.146161430000006</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10">
+        <v>-73.248566550000007</v>
+      </c>
+    </row>
+    <row r="98" spans="1:12">
       <c r="A98" t="s">
-        <v>153</v>
+        <v>165</v>
       </c>
       <c r="B98">
-        <v>2802</v>
+        <v>1647</v>
       </c>
       <c r="C98" t="s">
-        <v>47</v>
+        <v>94</v>
       </c>
       <c r="D98" t="s">
-        <v>154</v>
+        <v>56</v>
       </c>
       <c r="E98" t="s">
         <v>19</v>
       </c>
-      <c r="F98" s="2">
-        <v>45758</v>
+      <c r="F98">
+        <v>45908</v>
       </c>
       <c r="G98">
-        <v>31.52</v>
+        <v>100</v>
       </c>
       <c r="I98">
-        <v>41.263762509999999</v>
+        <v>41.359573159999997</v>
       </c>
       <c r="J98">
-        <v>-73.169815400000005</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10">
+        <v>-72.871715519999995</v>
+      </c>
+    </row>
+    <row r="99" spans="1:12">
       <c r="A99" t="s">
-        <v>155</v>
+        <v>166</v>
       </c>
       <c r="B99">
-        <v>2507</v>
+        <v>2622</v>
       </c>
       <c r="C99" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="D99" t="s">
-        <v>14</v>
+        <v>115</v>
       </c>
       <c r="E99" t="s">
         <v>19</v>
       </c>
-      <c r="F99" s="2">
-        <v>45770</v>
+      <c r="F99">
+        <v>45912</v>
       </c>
       <c r="G99">
+        <v>156</v>
+      </c>
+      <c r="I99">
+        <v>41.231234180000001</v>
+      </c>
+      <c r="J99">
+        <v>-73.202287409999997</v>
+      </c>
+    </row>
+    <row r="100" spans="1:12">
+      <c r="A100" t="s">
+        <v>167</v>
+      </c>
+      <c r="B100">
+        <v>3679</v>
+      </c>
+      <c r="C100" t="s">
+        <v>17</v>
+      </c>
+      <c r="D100" t="s">
+        <v>168</v>
+      </c>
+      <c r="E100" t="s">
+        <v>74</v>
+      </c>
+      <c r="F100">
+        <v>45916</v>
+      </c>
+      <c r="G100">
+        <v>1100</v>
+      </c>
+      <c r="I100">
+        <v>41.32204059</v>
+      </c>
+      <c r="J100">
+        <v>-73.049167519999997</v>
+      </c>
+    </row>
+    <row r="101" spans="1:12">
+      <c r="A101" t="s">
+        <v>169</v>
+      </c>
+      <c r="B101">
+        <v>3679</v>
+      </c>
+      <c r="C101" t="s">
+        <v>17</v>
+      </c>
+      <c r="D101" t="s">
+        <v>168</v>
+      </c>
+      <c r="E101" t="s">
+        <v>19</v>
+      </c>
+      <c r="F101">
+        <v>45918</v>
+      </c>
+      <c r="G101">
+        <v>2549</v>
+      </c>
+      <c r="I101">
+        <v>41.322262000000002</v>
+      </c>
+      <c r="J101">
+        <v>41.322464688700002</v>
+      </c>
+    </row>
+    <row r="102" spans="1:12">
+      <c r="A102" t="s">
+        <v>170</v>
+      </c>
+      <c r="B102">
+        <v>1881</v>
+      </c>
+      <c r="C102" t="s">
+        <v>43</v>
+      </c>
+      <c r="D102" t="s">
+        <v>22</v>
+      </c>
+      <c r="E102" t="s">
+        <v>19</v>
+      </c>
+      <c r="F102">
+        <v>45946</v>
+      </c>
+      <c r="G102">
+        <v>34.6</v>
+      </c>
+      <c r="I102">
+        <v>41.308349939999999</v>
+      </c>
+      <c r="J102">
+        <v>-72.90193008</v>
+      </c>
+    </row>
+    <row r="103" spans="1:12">
+      <c r="A103" t="s">
+        <v>171</v>
+      </c>
+      <c r="B103">
+        <v>1881</v>
+      </c>
+      <c r="C103" t="s">
+        <v>43</v>
+      </c>
+      <c r="D103" t="s">
+        <v>22</v>
+      </c>
+      <c r="E103" t="s">
+        <v>19</v>
+      </c>
+      <c r="F103">
+        <v>45946</v>
+      </c>
+      <c r="G103">
+        <v>27.3</v>
+      </c>
+      <c r="I103">
+        <v>41.308222120000003</v>
+      </c>
+      <c r="J103">
+        <v>-72.902491499999996</v>
+      </c>
+    </row>
+    <row r="104" spans="1:12">
+      <c r="A104" t="s">
+        <v>172</v>
+      </c>
+      <c r="B104">
+        <v>3661</v>
+      </c>
+      <c r="C104" t="s">
+        <v>125</v>
+      </c>
+      <c r="D104" t="s">
+        <v>112</v>
+      </c>
+      <c r="E104" t="s">
+        <v>19</v>
+      </c>
+      <c r="F104">
+        <v>45951</v>
+      </c>
+      <c r="G104">
+        <v>150</v>
+      </c>
+      <c r="I104">
+        <v>41.24358428</v>
+      </c>
+      <c r="J104">
+        <v>-73.029272359999993</v>
+      </c>
+      <c r="K104" t="s">
+        <v>173</v>
+      </c>
+      <c r="L104" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="105" spans="1:12">
+      <c r="A105" t="s">
+        <v>174</v>
+      </c>
+      <c r="B105">
+        <v>1753</v>
+      </c>
+      <c r="C105" t="s">
+        <v>30</v>
+      </c>
+      <c r="D105" t="s">
+        <v>56</v>
+      </c>
+      <c r="E105" t="s">
+        <v>19</v>
+      </c>
+      <c r="F105">
+        <v>45953</v>
+      </c>
+      <c r="G105">
+        <v>230</v>
+      </c>
+      <c r="I105">
+        <v>41.400946689999998</v>
+      </c>
+      <c r="J105">
+        <v>-72.851727609999998</v>
+      </c>
+      <c r="K105" t="s">
+        <v>175</v>
+      </c>
+      <c r="L105" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="106" spans="1:12">
+      <c r="A106" t="s">
+        <v>176</v>
+      </c>
+      <c r="B106">
+        <v>1753</v>
+      </c>
+      <c r="C106" t="s">
+        <v>30</v>
+      </c>
+      <c r="D106" t="s">
+        <v>56</v>
+      </c>
+      <c r="E106" t="s">
+        <v>19</v>
+      </c>
+      <c r="F106">
+        <v>45953</v>
+      </c>
+      <c r="G106">
+        <v>210</v>
+      </c>
+      <c r="I106">
+        <v>41.400946689999998</v>
+      </c>
+      <c r="J106">
+        <v>-72.851727609999998</v>
+      </c>
+      <c r="K106" t="s">
+        <v>175</v>
+      </c>
+      <c r="L106" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="107" spans="1:12">
+      <c r="A107" t="s">
+        <v>177</v>
+      </c>
+      <c r="B107">
+        <v>1431</v>
+      </c>
+      <c r="C107" t="s">
+        <v>178</v>
+      </c>
+      <c r="D107" t="s">
+        <v>61</v>
+      </c>
+      <c r="E107" t="s">
+        <v>19</v>
+      </c>
+      <c r="F107">
+        <v>46051</v>
+      </c>
+      <c r="G107">
+        <v>40</v>
+      </c>
+      <c r="I107">
+        <v>41.271922920000002</v>
+      </c>
+      <c r="J107">
+        <v>-72.986605359999999</v>
+      </c>
+      <c r="K107" t="s">
+        <v>179</v>
+      </c>
+      <c r="L107" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="108" spans="1:12">
+      <c r="A108" t="s">
+        <v>180</v>
+      </c>
+      <c r="B108">
+        <v>633</v>
+      </c>
+      <c r="C108" t="s">
+        <v>60</v>
+      </c>
+      <c r="D108" t="s">
+        <v>61</v>
+      </c>
+      <c r="E108" t="s">
+        <v>19</v>
+      </c>
+      <c r="F108">
+        <v>46051</v>
+      </c>
+      <c r="G108">
+        <v>200</v>
+      </c>
+      <c r="I108">
+        <v>41.271163280000003</v>
+      </c>
+      <c r="J108">
+        <v>-72.970389269999998</v>
+      </c>
+      <c r="K108" t="s">
+        <v>181</v>
+      </c>
+      <c r="L108" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="109" spans="1:12">
+      <c r="A109" t="s">
+        <v>182</v>
+      </c>
+      <c r="B109">
+        <v>2670</v>
+      </c>
+      <c r="C109" t="s">
+        <v>114</v>
+      </c>
+      <c r="D109" t="s">
+        <v>183</v>
+      </c>
+      <c r="E109" t="s">
+        <v>19</v>
+      </c>
+      <c r="F109">
+        <v>46051</v>
+      </c>
+      <c r="G109">
         <v>100</v>
       </c>
-      <c r="I99">
-[...10 lines deleted...]
-      <c r="B100">
+      <c r="I109">
+        <v>41.150198349999997</v>
+      </c>
+      <c r="J109">
+        <v>-73.245776329999998</v>
+      </c>
+      <c r="K109" t="s">
+        <v>184</v>
+      </c>
+      <c r="L109" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="110" spans="1:12">
+      <c r="A110" t="s">
+        <v>185</v>
+      </c>
+      <c r="B110">
+        <v>1548</v>
+      </c>
+      <c r="C110" t="s">
+        <v>33</v>
+      </c>
+      <c r="D110" t="s">
+        <v>34</v>
+      </c>
+      <c r="E110" t="s">
+        <v>19</v>
+      </c>
+      <c r="F110">
+        <v>45961</v>
+      </c>
+      <c r="G110">
+        <v>200</v>
+      </c>
+      <c r="J110">
+        <v>41.325116350899997</v>
+      </c>
+      <c r="K110" t="s">
+        <v>186</v>
+      </c>
+      <c r="L110" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="111" spans="1:12">
+      <c r="A111" t="s">
+        <v>187</v>
+      </c>
+      <c r="B111">
         <v>3653</v>
       </c>
-      <c r="C100" t="s">
-[...2 lines deleted...]
-      <c r="D100" t="s">
+      <c r="C111" t="s">
+        <v>125</v>
+      </c>
+      <c r="D111" t="s">
+        <v>188</v>
+      </c>
+      <c r="E111" t="s">
+        <v>19</v>
+      </c>
+      <c r="F111">
+        <v>45980</v>
+      </c>
+      <c r="G111">
+        <v>80</v>
+      </c>
+      <c r="I111">
+        <v>41.257590559999997</v>
+      </c>
+      <c r="J111">
+        <v>-73.013511190000003</v>
+      </c>
+      <c r="K111" t="s">
+        <v>189</v>
+      </c>
+      <c r="L111" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="112" spans="1:12">
+      <c r="A112" t="s">
+        <v>191</v>
+      </c>
+      <c r="B112">
+        <v>550</v>
+      </c>
+      <c r="C112" t="s">
         <v>45</v>
-      </c>
-[...343 lines deleted...]
-        <v>13</v>
       </c>
       <c r="D112" t="s">
         <v>14</v>
       </c>
       <c r="E112" t="s">
         <v>19</v>
       </c>
-      <c r="F112" s="2">
-        <v>45839</v>
+      <c r="F112">
+        <v>45980</v>
       </c>
       <c r="G112">
+        <v>37.630000000000003</v>
+      </c>
+      <c r="I112">
+        <v>41.196235889999997</v>
+      </c>
+      <c r="J112">
+        <v>-73.175164730000006</v>
+      </c>
+      <c r="K112" t="s">
+        <v>189</v>
+      </c>
+      <c r="L112" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="113" spans="1:12">
+      <c r="A113" t="s">
+        <v>192</v>
+      </c>
+      <c r="B113">
+        <v>551</v>
+      </c>
+      <c r="C113" t="s">
+        <v>45</v>
+      </c>
+      <c r="D113" t="s">
+        <v>14</v>
+      </c>
+      <c r="E113" t="s">
+        <v>19</v>
+      </c>
+      <c r="F113">
+        <v>46008</v>
+      </c>
+      <c r="G113">
+        <v>50</v>
+      </c>
+      <c r="I113">
+        <v>41.187734859999999</v>
+      </c>
+      <c r="J113">
+        <v>-73.180067620000003</v>
+      </c>
+      <c r="K113" t="s">
+        <v>193</v>
+      </c>
+      <c r="L113" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="114" spans="1:12">
+      <c r="A114" t="s">
+        <v>194</v>
+      </c>
+      <c r="B114">
+        <v>1431</v>
+      </c>
+      <c r="C114" t="s">
+        <v>178</v>
+      </c>
+      <c r="D114" t="s">
+        <v>195</v>
+      </c>
+      <c r="E114" t="s">
+        <v>19</v>
+      </c>
+      <c r="F114">
+        <v>45992</v>
+      </c>
+      <c r="G114">
+        <v>360</v>
+      </c>
+      <c r="I114">
+        <v>41.274748879999997</v>
+      </c>
+      <c r="J114">
+        <v>-72.986003499999995</v>
+      </c>
+      <c r="K114" t="s">
+        <v>196</v>
+      </c>
+      <c r="L114" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="115" spans="1:12">
+      <c r="A115" t="s">
+        <v>198</v>
+      </c>
+      <c r="B115">
+        <v>3679</v>
+      </c>
+      <c r="C115" t="s">
+        <v>17</v>
+      </c>
+      <c r="D115" t="s">
+        <v>168</v>
+      </c>
+      <c r="E115" t="s">
+        <v>19</v>
+      </c>
+      <c r="F115">
+        <v>45992</v>
+      </c>
+      <c r="G115">
         <v>200</v>
       </c>
-      <c r="I112">
-[...13 lines deleted...]
-      <c r="C113" t="s">
+      <c r="I115">
+        <v>41.31330328</v>
+      </c>
+      <c r="J115">
+        <v>-73.053845640000006</v>
+      </c>
+      <c r="K115" t="s">
+        <v>193</v>
+      </c>
+      <c r="L115" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="116" spans="1:12">
+      <c r="A116" t="s">
+        <v>199</v>
+      </c>
+      <c r="B116">
+        <v>3679</v>
+      </c>
+      <c r="C116" t="s">
+        <v>17</v>
+      </c>
+      <c r="D116" t="s">
+        <v>168</v>
+      </c>
+      <c r="E116" t="s">
+        <v>19</v>
+      </c>
+      <c r="F116">
+        <v>45992</v>
+      </c>
+      <c r="G116">
+        <v>200</v>
+      </c>
+      <c r="I116">
+        <v>41.31400635</v>
+      </c>
+      <c r="J116">
+        <v>-73.052335920000004</v>
+      </c>
+      <c r="K116" t="s">
+        <v>193</v>
+      </c>
+      <c r="L116" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="117" spans="1:12">
+      <c r="A117" t="s">
+        <v>200</v>
+      </c>
+      <c r="B117">
+        <v>3679</v>
+      </c>
+      <c r="C117" t="s">
+        <v>17</v>
+      </c>
+      <c r="D117" t="s">
+        <v>168</v>
+      </c>
+      <c r="E117" t="s">
+        <v>19</v>
+      </c>
+      <c r="F117">
+        <v>45994</v>
+      </c>
+      <c r="G117">
+        <v>50</v>
+      </c>
+      <c r="I117">
+        <v>41.313880490000003</v>
+      </c>
+      <c r="J117">
+        <v>-73.051338240000007</v>
+      </c>
+      <c r="K117" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="118" spans="1:12">
+      <c r="A118" t="s">
+        <v>201</v>
+      </c>
+      <c r="B118">
+        <v>3679</v>
+      </c>
+      <c r="C118" t="s">
+        <v>17</v>
+      </c>
+      <c r="D118" t="s">
+        <v>168</v>
+      </c>
+      <c r="E118" t="s">
+        <v>19</v>
+      </c>
+      <c r="F118">
+        <v>45992</v>
+      </c>
+      <c r="G118">
+        <v>200</v>
+      </c>
+      <c r="I118">
+        <v>41.313880490000003</v>
+      </c>
+      <c r="J118">
+        <v>-73.051338240000007</v>
+      </c>
+      <c r="K118" t="s">
+        <v>193</v>
+      </c>
+      <c r="L118" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="119" spans="1:12">
+      <c r="A119" t="s">
+        <v>202</v>
+      </c>
+      <c r="B119">
+        <v>2800</v>
+      </c>
+      <c r="C119" t="s">
+        <v>203</v>
+      </c>
+      <c r="D119" t="s">
+        <v>115</v>
+      </c>
+      <c r="E119" t="s">
+        <v>19</v>
+      </c>
+      <c r="F119">
+        <v>46001</v>
+      </c>
+      <c r="G119">
+        <v>175</v>
+      </c>
+      <c r="I119">
+        <v>41.241502680000004</v>
+      </c>
+      <c r="J119">
+        <v>-73.151165640000002</v>
+      </c>
+      <c r="K119" t="s">
+        <v>186</v>
+      </c>
+      <c r="L119" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="120" spans="1:12">
+      <c r="A120" t="s">
+        <v>204</v>
+      </c>
+      <c r="B120">
+        <v>2635</v>
+      </c>
+      <c r="C120" t="s">
         <v>24</v>
       </c>
-      <c r="D113" t="s">
+      <c r="D120" t="s">
         <v>25</v>
       </c>
-      <c r="E113" t="s">
-[...34 lines deleted...]
-      <c r="G114">
+      <c r="E120" t="s">
+        <v>19</v>
+      </c>
+      <c r="F120">
+        <v>46001</v>
+      </c>
+      <c r="G120">
+        <v>32</v>
+      </c>
+      <c r="I120">
+        <v>41.171725860000002</v>
+      </c>
+      <c r="J120">
+        <v>-73.147227169999994</v>
+      </c>
+      <c r="K120" t="s">
+        <v>205</v>
+      </c>
+      <c r="L120" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="121" spans="1:12">
+      <c r="A121" t="s">
+        <v>206</v>
+      </c>
+      <c r="B121">
+        <v>627</v>
+      </c>
+      <c r="C121" t="s">
+        <v>60</v>
+      </c>
+      <c r="D121" t="s">
+        <v>61</v>
+      </c>
+      <c r="E121" t="s">
+        <v>19</v>
+      </c>
+      <c r="F121">
+        <v>46009</v>
+      </c>
+      <c r="G121">
         <v>200</v>
       </c>
-      <c r="I114">
-[...16 lines deleted...]
-      <c r="D115" t="s">
+      <c r="I121">
+        <v>41.30806046</v>
+      </c>
+      <c r="J121">
+        <v>-72.967343819999996</v>
+      </c>
+      <c r="K121" t="s">
+        <v>189</v>
+      </c>
+      <c r="L121" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="122" spans="1:12">
+      <c r="A122" t="s">
+        <v>207</v>
+      </c>
+      <c r="B122">
+        <v>1701</v>
+      </c>
+      <c r="C122" t="s">
+        <v>86</v>
+      </c>
+      <c r="D122" t="s">
         <v>22</v>
       </c>
-      <c r="E115" t="s">
-[...51 lines deleted...]
-      <c r="C117" t="s">
+      <c r="E122" t="s">
+        <v>19</v>
+      </c>
+      <c r="F122">
+        <v>46010</v>
+      </c>
+      <c r="G122">
+        <v>1920</v>
+      </c>
+      <c r="I122">
+        <v>41.31961038</v>
+      </c>
+      <c r="J122">
+        <v>-72.876913419999994</v>
+      </c>
+    </row>
+    <row r="123" spans="1:12">
+      <c r="A123" t="s">
+        <v>208</v>
+      </c>
+      <c r="B123">
+        <v>3648</v>
+      </c>
+      <c r="C123" t="s">
+        <v>111</v>
+      </c>
+      <c r="D123" t="s">
+        <v>112</v>
+      </c>
+      <c r="E123" t="s">
+        <v>19</v>
+      </c>
+      <c r="F123">
+        <v>46024</v>
+      </c>
+      <c r="G123">
+        <v>100</v>
+      </c>
+      <c r="I123">
+        <v>41.202566830000002</v>
+      </c>
+      <c r="J123">
+        <v>-73.100611529999995</v>
+      </c>
+      <c r="K123" t="s">
+        <v>209</v>
+      </c>
+      <c r="L123" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="124" spans="1:12">
+      <c r="A124" t="s">
+        <v>211</v>
+      </c>
+      <c r="B124" t="s">
+        <v>212</v>
+      </c>
+      <c r="C124" t="s">
+        <v>43</v>
+      </c>
+      <c r="D124" t="s">
+        <v>64</v>
+      </c>
+      <c r="E124" t="s">
+        <v>19</v>
+      </c>
+      <c r="F124">
+        <v>46042</v>
+      </c>
+      <c r="G124">
+        <v>360</v>
+      </c>
+      <c r="I124">
+        <v>41.315240439999997</v>
+      </c>
+      <c r="J124">
+        <v>-72.920798629999993</v>
+      </c>
+      <c r="K124" t="s">
+        <v>213</v>
+      </c>
+      <c r="L124" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="125" spans="1:12">
+      <c r="A125" t="s">
+        <v>214</v>
+      </c>
+      <c r="B125">
+        <v>646</v>
+      </c>
+      <c r="C125" t="s">
+        <v>60</v>
+      </c>
+      <c r="D125" t="s">
+        <v>61</v>
+      </c>
+      <c r="E125" t="s">
+        <v>19</v>
+      </c>
+      <c r="F125">
+        <v>46041</v>
+      </c>
+      <c r="G125">
+        <v>50</v>
+      </c>
+      <c r="I125">
+        <v>41.294665420000001</v>
+      </c>
+      <c r="J125">
+        <v>-72.972637779999999</v>
+      </c>
+      <c r="K125" t="s">
+        <v>189</v>
+      </c>
+      <c r="L125" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="126" spans="1:12">
+      <c r="A126" t="s">
+        <v>215</v>
+      </c>
+      <c r="B126">
+        <v>1697</v>
+      </c>
+      <c r="C126" t="s">
         <v>27</v>
       </c>
-      <c r="D117" t="s">
-[...112 lines deleted...]
-      <c r="C121" t="s">
+      <c r="D126" t="s">
+        <v>31</v>
+      </c>
+      <c r="E126" t="s">
+        <v>19</v>
+      </c>
+      <c r="F126">
+        <v>46064</v>
+      </c>
+      <c r="G126">
+        <v>360</v>
+      </c>
+      <c r="I126">
+        <v>41.431949170000003</v>
+      </c>
+      <c r="J126">
+        <v>-72.925464430000005</v>
+      </c>
+      <c r="K126" t="s">
+        <v>216</v>
+      </c>
+      <c r="L126" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="127" spans="1:12">
+      <c r="A127" t="s">
+        <v>217</v>
+      </c>
+      <c r="B127">
+        <v>1692</v>
+      </c>
+      <c r="C127" t="s">
         <v>27</v>
       </c>
-      <c r="D121" t="s">
-[...77 lines deleted...]
-      <c r="A124" t="s">
+      <c r="D127" t="s">
+        <v>31</v>
+      </c>
+      <c r="E127" t="s">
+        <v>19</v>
+      </c>
+      <c r="F127">
+        <v>46064</v>
+      </c>
+      <c r="G127">
+        <v>240</v>
+      </c>
+      <c r="I127">
+        <v>41.36575294</v>
+      </c>
+      <c r="J127">
+        <v>-72.939587220000007</v>
+      </c>
+      <c r="K127" t="s">
+        <v>216</v>
+      </c>
+      <c r="L127" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="128" spans="1:12">
+      <c r="A128" t="s">
+        <v>218</v>
+      </c>
+      <c r="B128">
+        <v>2675</v>
+      </c>
+      <c r="C128" t="s">
+        <v>114</v>
+      </c>
+      <c r="D128" t="s">
         <v>183</v>
       </c>
-      <c r="B124">
-[...123 lines deleted...]
-      </c>
       <c r="E128" t="s">
         <v>19</v>
       </c>
-      <c r="F128" s="2">
-        <v>45876</v>
+      <c r="F128">
+        <v>46065</v>
       </c>
       <c r="G128">
         <v>50</v>
       </c>
       <c r="I128">
-        <v>41.391067800000002</v>
+        <v>41.143576114600002</v>
       </c>
       <c r="J128">
-        <v>-72.866776090000002</v>
-[...113 lines deleted...]
-      <c r="A133" t="s">
+        <v>-73.250639875499999</v>
+      </c>
+      <c r="K128" t="s">
         <v>193</v>
       </c>
-      <c r="B133">
-[...107 lines deleted...]
-        <v>3120</v>
+      <c r="L128" t="s">
+        <v>193</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
-    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;12&amp;K008000 Internal Use</oddFooter>
+    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;12&amp;K0000FF Internal Use</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="2608e603-b7b7-4422-a7af-3d4eadafd8a5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="ec23d7e3-fc7b-42dd-a148-1ce815f19b0b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100A05AFF6C3A27C945B81A5CD357C78DA9" ma:contentTypeVersion="17" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="52eae65260d31d7ce5249acf6dc11d79">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2608e603-b7b7-4422-a7af-3d4eadafd8a5" xmlns:ns3="ec23d7e3-fc7b-42dd-a148-1ce815f19b0b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="820885a3ff7b39bb192c4bf59b42a099" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100A05AFF6C3A27C945B81A5CD357C78DA9" ma:contentTypeVersion="17" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="a012765c5e2b49b3cbfd40cfd7c5aef9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2608e603-b7b7-4422-a7af-3d4eadafd8a5" xmlns:ns3="ec23d7e3-fc7b-42dd-a148-1ce815f19b0b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="10b01e5f5b0934406b031f316faa65f8" ns2:_="" ns3:_="">
     <xsd:import namespace="2608e603-b7b7-4422-a7af-3d4eadafd8a5"/>
     <xsd:import namespace="ec23d7e3-fc7b-42dd-a148-1ce815f19b0b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
@@ -5527,93 +5735,75 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97E8D0CC-45BB-4FCB-82DC-6F4D1B33107D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EE111ACA-6913-42CE-BA7A-5D354DAB679E}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A35338CE-48B0-40E6-9888-2C911C679398}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3AF680F9-73B7-4F36-94A7-AD2F69458866}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{94353D12-822D-48D2-80E0-FDDA27459B6F}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC57902D-4590-4408-9E5F-A9C028175001}"/>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{019c027e-33b7-45fc-a572-8ffa5d09ec36}" enabled="1" method="Standard" siteId="{031a09bc-a2bf-44df-888e-4e09355b7a24}" contentBits="2" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
-  <Company>IBERDROLA S.A.</Company>
+  <Company>Iberdrola</Company>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>ROBERT SAZANOWICZ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_019c027e-33b7-45fc-a572-8ffa5d09ec36_Enabled">
-[...23 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A05AFF6C3A27C945B81A5CD357C78DA9</vt:lpwstr>
   </property>
 </Properties>
 </file>